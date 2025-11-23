--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -12,91 +12,127 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sovvenzioni, contributi, sussi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
   <si>
     <t>Nome dell'impresa o il nome di altro soggetto beneficiario</t>
   </si>
   <si>
     <t>Anno di riferimento</t>
   </si>
   <si>
     <t>Dati fiscali beneficiario</t>
   </si>
   <si>
     <t>Importo del vantaggio corrisposto</t>
   </si>
   <si>
     <t>Norma o Titolo Attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo cui è attribuita la responsabilità dell'istruttoria o della concessione della sovvenzione/contributo/sussidio/vantaggio economico</t>
   </si>
   <si>
     <t>Modalità seguita per l'individuazione del beneficiario</t>
   </si>
   <si>
     <t>Progetto Selezionato</t>
   </si>
   <si>
+    <t>A tutto il personale dell’AQP SpA con contratto Gas-Acqua</t>
+  </si>
+  <si>
+    <t>...</t>
+  </si>
+  <si>
+    <t>9497.00€</t>
+  </si>
+  <si>
+    <t>ACCORDO SINDACALE SULL'ORARIO DI LAVORO DEL 2009</t>
+  </si>
+  <si>
+    <t>AREA PEOPLE CARE E AQP ACADEMY</t>
+  </si>
+  <si>
+    <t>Lavoratori con figli fino al compimento del terzo anno di età a fronte delle spese da sostenersi per il pagamento delle rette degli asili nido</t>
+  </si>
+  <si>
+    <t>Contributo Asili Nido - Comunicato avvio richieste III trimestre 2025</t>
+  </si>
+  <si>
+    <t>Università degli Studi di Bari Aldo Moro</t>
+  </si>
+  <si>
+    <t>Partita IVA: 01086760723</t>
+  </si>
+  <si>
+    <t>15894.85€</t>
+  </si>
+  <si>
+    <t>Convenzione per il cofinanziamento di borsa di dottorato attivata ai sensi del D.M. n. 630 del 24.04.2024 XL° ciclo A.A. 2024/2025</t>
+  </si>
+  <si>
+    <t>Area Politiche Attive del Lavoro</t>
+  </si>
+  <si>
+    <t>Progetto di Ricerca - Reclutare il futuro: giovani e competenze per lo scambio …</t>
+  </si>
+  <si>
     <t>Trinity ViaggiStudio S.r.l.</t>
   </si>
   <si>
     <t>Partita IVA: 12455150156</t>
   </si>
   <si>
     <t>85.50€</t>
   </si>
   <si>
     <t>ACCORDO SINDACALE GIUGNO 2000 E RIMANDO A RINNOVI CONTRATTUALI GAS ACQUA</t>
   </si>
   <si>
-    <t>AREA PEOPLE CARE E AQP ACADEMY</t>
-[...1 lines deleted...]
-  <si>
     <t>Appalti soggetti a sola tracciabilità, ex artt. 6, 139, 142, 143, 144 decreto legislativo 36/2023</t>
   </si>
   <si>
     <t>Comunicato soggiorno estivo a Colchester 2025</t>
   </si>
   <si>
     <t>Orange Viaggi</t>
   </si>
   <si>
     <t>Partita IVA: 14059951005</t>
   </si>
   <si>
     <t>81300.00€</t>
   </si>
   <si>
     <t>Comunicato soggiorno estivo a Rossano Calabro 2025</t>
   </si>
   <si>
     <t>Comune di Conza della Campania</t>
   </si>
   <si>
     <t>00232380642</t>
   </si>
   <si>
     <t>5000.00€</t>
@@ -128,66 +164,54 @@
   <si>
     <t>Comune di Caposele</t>
   </si>
   <si>
     <t>00228820643</t>
   </si>
   <si>
     <t>2000.00€</t>
   </si>
   <si>
     <t>prot. 55950 del 08/08/2025</t>
   </si>
   <si>
     <t>Partenope mon Amour, un viaggio tra musiche e parole</t>
   </si>
   <si>
     <t>APS Eleusi</t>
   </si>
   <si>
     <t>prot. 52185 del 23/07/2025</t>
   </si>
   <si>
     <t>Festival del Capo di Leuca</t>
   </si>
   <si>
-    <t>A tutto il personale dell’AQP SpA con contratto Gas-Acqua</t>
-[...4 lines deleted...]
-  <si>
     <t>16137.19€</t>
   </si>
   <si>
-    <t>ACCORDO SINDACALE SULL'ORARIO DI LAVORO DEL 2009</t>
-[...1 lines deleted...]
-  <si>
     <t>AREA PEOPLE CARE e AQP ACADEMY</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lavoratori con figli fino al compimento del terzo anno di età a fronte delle spese da sostenersi per il pagamento delle rette degli asili nido</t>
   </si>
   <si>
     <t>Comunicato Contributo Asilo Nido</t>
   </si>
   <si>
     <t>Associazione Mercatino del Gusto</t>
   </si>
   <si>
     <t>02337860742</t>
   </si>
   <si>
     <t>prot.44886 del 25/06/2025</t>
   </si>
   <si>
     <t>Mercatino del Gusto 2025</t>
   </si>
   <si>
     <t>Legambiente Circolo Festambiente Sud APS</t>
   </si>
   <si>
     <t>03793730718</t>
   </si>
   <si>
     <t>10000.00€</t>
   </si>
@@ -1489,63 +1513,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H120"/>
+  <dimension ref="A1:H122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112061" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.990234" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="85.979004" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="154.390869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="257.080078" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="168.530273" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="95.405273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1569,2843 +1593,2891 @@
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="B4"/>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="B5">
-[...16 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
-      <c r="C7">
-        <v>5102150751</v>
+      <c r="C7" t="s">
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B8"/>
+        <v>42</v>
+      </c>
+      <c r="B8">
+        <v>2025</v>
+      </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
-      <c r="C9" t="s">
-        <v>46</v>
+      <c r="C9">
+        <v>5102150751</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G9" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="B10"/>
       <c r="C10" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" t="s">
         <v>50</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" t="s">
         <v>51</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B11"/>
+        <v>53</v>
+      </c>
+      <c r="B11">
+        <v>2025</v>
+      </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="F11" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G11" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H11" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
-      <c r="C12">
-        <v>90037060747</v>
+      <c r="C12" t="s">
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G12" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H12" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="B13"/>
       <c r="C13" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="D13" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" t="s">
         <v>62</v>
       </c>
-      <c r="E13" t="s">
+      <c r="G13" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
-      <c r="C14" t="s">
+      <c r="C14">
+        <v>90037060747</v>
+      </c>
+      <c r="D14" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" t="s">
         <v>66</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>35</v>
+      </c>
+      <c r="G14" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>68</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="E15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G15" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
-      <c r="C16">
-        <v>5056320756</v>
+      <c r="C16" t="s">
+        <v>74</v>
       </c>
       <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H16" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>76</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17" t="s">
         <v>77</v>
       </c>
       <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
         <v>78</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G17" t="s">
+        <v>36</v>
+      </c>
+      <c r="H17" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C18">
+        <v>5056320756</v>
+      </c>
+      <c r="D18" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" t="s">
         <v>82</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>35</v>
+      </c>
+      <c r="G18" t="s">
+        <v>36</v>
+      </c>
+      <c r="H18" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B19"/>
+        <v>84</v>
+      </c>
+      <c r="B19">
+        <v>2025</v>
+      </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="D19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E19" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="F19" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="G19" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B20"/>
+        <v>89</v>
+      </c>
+      <c r="B20">
+        <v>2025</v>
+      </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="F20" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G20" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="H20" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>92073550714</v>
+        <v>8</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21" t="s">
+        <v>9</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="E21" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>24</v>
+        <v>94</v>
       </c>
       <c r="H21" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-        <v>93061260712</v>
+        <v>8</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22" t="s">
+        <v>9</v>
       </c>
       <c r="D22" t="s">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="E22" t="s">
-        <v>93</v>
+        <v>11</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="G22" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
         <v>92073550714</v>
       </c>
       <c r="D23" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="E23" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F23" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G23" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H23" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
-      <c r="C24" t="s">
-        <v>99</v>
+      <c r="C24">
+        <v>93061260712</v>
       </c>
       <c r="D24" t="s">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="E24" t="s">
         <v>101</v>
       </c>
       <c r="F24" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G24" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H24" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>103</v>
       </c>
-      <c r="B25"/>
-      <c r="C25" t="s">
+      <c r="B25">
+        <v>2025</v>
+      </c>
+      <c r="C25">
+        <v>92073550714</v>
+      </c>
+      <c r="D25" t="s">
+        <v>65</v>
+      </c>
+      <c r="E25" t="s">
         <v>104</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>35</v>
+      </c>
+      <c r="G25" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26">
+        <v>2025</v>
+      </c>
+      <c r="C26" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" t="s">
         <v>108</v>
       </c>
-      <c r="B26"/>
-[...3 lines deleted...]
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>109</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>35</v>
+      </c>
+      <c r="G26" t="s">
+        <v>36</v>
+      </c>
+      <c r="H26" t="s">
         <v>110</v>
-      </c>
-[...7 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
         <v>113</v>
       </c>
-      <c r="B27">
-[...5 lines deleted...]
-      <c r="D27" t="s">
+      <c r="F27" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" t="s">
         <v>114</v>
       </c>
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28">
+        <v>93551050722</v>
+      </c>
+      <c r="D28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E28" t="s">
         <v>118</v>
       </c>
-      <c r="B28"/>
-      <c r="C28" t="s">
+      <c r="F28" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" t="s">
         <v>119</v>
       </c>
-      <c r="D28" t="s">
-[...2 lines deleted...]
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>120</v>
-      </c>
-[...7 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29">
+        <v>2024</v>
+      </c>
+      <c r="C29">
+        <v>93209470728</v>
+      </c>
+      <c r="D29" t="s">
         <v>122</v>
       </c>
-      <c r="B29"/>
-[...3 lines deleted...]
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>123</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>35</v>
+      </c>
+      <c r="G29" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="H29" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>38</v>
+        <v>126</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
-        <v>39</v>
+        <v>127</v>
       </c>
       <c r="D30" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="E30" t="s">
-        <v>41</v>
+        <v>128</v>
       </c>
       <c r="F30" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G30" t="s">
-        <v>43</v>
+        <v>119</v>
       </c>
       <c r="H30" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B31"/>
       <c r="C31">
-        <v>93026440722</v>
+        <v>6211830481</v>
       </c>
       <c r="D31" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E31" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F31" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G31" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="H31" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>131</v>
+        <v>8</v>
       </c>
       <c r="B32"/>
       <c r="C32" t="s">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D32" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="E32" t="s">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="G32" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="H32" t="s">
-        <v>134</v>
+        <v>63</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>135</v>
       </c>
       <c r="B33"/>
-      <c r="C33" t="s">
+      <c r="C33">
+        <v>93026440722</v>
+      </c>
+      <c r="D33" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E33" t="s">
         <v>137</v>
       </c>
       <c r="F33" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G33" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="H33" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>30</v>
+        <v>139</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="D34" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="E34" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F34" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G34" t="s">
-        <v>140</v>
+        <v>114</v>
       </c>
       <c r="H34" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35"/>
       <c r="C35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D35" t="s">
-        <v>144</v>
+        <v>70</v>
       </c>
       <c r="E35" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="F35" t="s">
-        <v>145</v>
+        <v>35</v>
       </c>
       <c r="G35" t="s">
+        <v>114</v>
+      </c>
+      <c r="H35" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B36"/>
       <c r="C36" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D36" t="s">
+        <v>44</v>
+      </c>
+      <c r="E36" t="s">
+        <v>147</v>
+      </c>
+      <c r="F36" t="s">
+        <v>35</v>
+      </c>
+      <c r="G36" t="s">
         <v>148</v>
       </c>
-      <c r="E36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H36" t="s">
-        <v>55</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>38</v>
+        <v>150</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E37" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="F37" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="G37" t="s">
-        <v>43</v>
+        <v>154</v>
       </c>
       <c r="H37" t="s">
-        <v>55</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D38" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="E38" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F38" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="G38" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="D39" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="E39" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F39" t="s">
-        <v>145</v>
+        <v>62</v>
       </c>
       <c r="G39" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="H39" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>153</v>
+        <v>8</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>154</v>
+        <v>9</v>
       </c>
       <c r="D40" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="G40" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="H40" t="s">
-        <v>156</v>
+        <v>63</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>157</v>
+        <v>8</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>158</v>
+        <v>9</v>
       </c>
       <c r="D41" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="G41" t="s">
-        <v>160</v>
+        <v>13</v>
       </c>
       <c r="H41" t="s">
-        <v>161</v>
+        <v>63</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>38</v>
+        <v>161</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="D42" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E42" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="F42" t="s">
-        <v>145</v>
+        <v>62</v>
       </c>
       <c r="G42" t="s">
+        <v>154</v>
+      </c>
+      <c r="H42" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
       <c r="D43" t="s">
         <v>167</v>
       </c>
       <c r="E43" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F43" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="G43" t="s">
         <v>168</v>
       </c>
       <c r="H43" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>166</v>
+        <v>8</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="D44" t="s">
         <v>170</v>
       </c>
       <c r="E44" t="s">
-        <v>11</v>
+        <v>171</v>
       </c>
       <c r="F44" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="G44" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H44" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="D45" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E45" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F45" t="s">
-        <v>145</v>
+        <v>62</v>
       </c>
       <c r="G45" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H45" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D46" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E46" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F46" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="G46" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="H46" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
-        <v>180</v>
+        <v>9</v>
       </c>
       <c r="D47" t="s">
-        <v>51</v>
+        <v>181</v>
       </c>
       <c r="E47" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="F47" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="G47" t="s">
-        <v>24</v>
+        <v>182</v>
       </c>
       <c r="H47" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B48"/>
-      <c r="C48">
-        <v>93144670754</v>
+      <c r="C48" t="s">
+        <v>9</v>
       </c>
       <c r="D48" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E48" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="F48" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="G48" t="s">
-        <v>24</v>
+        <v>182</v>
       </c>
       <c r="H48" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>187</v>
       </c>
       <c r="B49"/>
-      <c r="C49">
-        <v>90263370737</v>
+      <c r="C49" t="s">
+        <v>188</v>
       </c>
       <c r="D49" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="E49" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F49" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G49" t="s">
-        <v>111</v>
+        <v>36</v>
       </c>
       <c r="H49" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B50"/>
       <c r="C50">
-        <v>90141540733</v>
+        <v>93144670754</v>
       </c>
       <c r="D50" t="s">
-        <v>73</v>
+        <v>192</v>
       </c>
       <c r="E50" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F50" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G50" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H50" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>60</v>
+        <v>195</v>
       </c>
       <c r="B51"/>
-      <c r="C51" t="s">
-        <v>61</v>
+      <c r="C51">
+        <v>90263370737</v>
       </c>
       <c r="D51" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="E51" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F51" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G51" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="H51" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B52"/>
-      <c r="C52" t="s">
-        <v>196</v>
+      <c r="C52">
+        <v>90141540733</v>
       </c>
       <c r="D52" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="E52" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F52" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G52" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H52" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>199</v>
+        <v>68</v>
       </c>
       <c r="B53"/>
-      <c r="C53">
-        <v>97515920581</v>
+      <c r="C53" t="s">
+        <v>69</v>
       </c>
       <c r="D53" t="s">
-        <v>200</v>
+        <v>70</v>
       </c>
       <c r="E53" t="s">
         <v>201</v>
       </c>
       <c r="F53" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G53" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H53" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>203</v>
       </c>
       <c r="B54"/>
-      <c r="C54">
-        <v>80042630584</v>
+      <c r="C54" t="s">
+        <v>204</v>
       </c>
       <c r="D54" t="s">
-        <v>204</v>
+        <v>44</v>
       </c>
       <c r="E54" t="s">
         <v>205</v>
       </c>
       <c r="F54" t="s">
+        <v>35</v>
+      </c>
+      <c r="G54" t="s">
+        <v>36</v>
+      </c>
+      <c r="H54" t="s">
         <v>206</v>
       </c>
-      <c r="G54" t="s">
-[...2 lines deleted...]
-      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>207</v>
       </c>
       <c r="B55"/>
-      <c r="C55" t="s">
+      <c r="C55">
+        <v>97515920581</v>
+      </c>
+      <c r="D55" t="s">
         <v>208</v>
       </c>
-      <c r="D55" t="s">
+      <c r="E55" t="s">
         <v>209</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>35</v>
+      </c>
+      <c r="G55" t="s">
+        <v>36</v>
+      </c>
+      <c r="H55" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>211</v>
       </c>
       <c r="B56"/>
-      <c r="C56" t="s">
-        <v>77</v>
+      <c r="C56">
+        <v>80042630584</v>
       </c>
       <c r="D56" t="s">
         <v>212</v>
       </c>
       <c r="E56" t="s">
         <v>213</v>
       </c>
       <c r="F56" t="s">
-        <v>23</v>
+        <v>214</v>
       </c>
       <c r="G56" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>215</v>
       </c>
       <c r="B57"/>
-      <c r="C57">
-        <v>80019470725</v>
+      <c r="C57" t="s">
+        <v>216</v>
       </c>
       <c r="D57" t="s">
-        <v>32</v>
+        <v>217</v>
       </c>
       <c r="E57" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F57" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G57" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H57" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B58"/>
-      <c r="C58">
-        <v>96583210586</v>
+      <c r="C58" t="s">
+        <v>85</v>
       </c>
       <c r="D58" t="s">
-        <v>27</v>
+        <v>220</v>
       </c>
       <c r="E58" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F58" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G58" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H58" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>98</v>
+        <v>223</v>
       </c>
       <c r="B59"/>
-      <c r="C59" t="s">
-        <v>99</v>
+      <c r="C59">
+        <v>80019470725</v>
       </c>
       <c r="D59" t="s">
-        <v>221</v>
+        <v>44</v>
       </c>
       <c r="E59" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F59" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G59" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H59" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B60"/>
-      <c r="C60" t="s">
-        <v>225</v>
+      <c r="C60">
+        <v>96583210586</v>
       </c>
       <c r="D60" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="E60" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F60" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G60" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H60" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>228</v>
+        <v>106</v>
       </c>
       <c r="B61"/>
       <c r="C61" t="s">
+        <v>107</v>
+      </c>
+      <c r="D61" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E61" t="s">
         <v>230</v>
       </c>
       <c r="F61" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G61" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H61" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>232</v>
       </c>
       <c r="B62"/>
-      <c r="C62">
-        <v>93195910729</v>
+      <c r="C62" t="s">
+        <v>233</v>
       </c>
       <c r="D62" t="s">
-        <v>233</v>
+        <v>81</v>
       </c>
       <c r="E62" t="s">
         <v>234</v>
       </c>
       <c r="F62" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G62" t="s">
-        <v>111</v>
+        <v>36</v>
       </c>
       <c r="H62" t="s">
-        <v>202</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B63"/>
-      <c r="C63">
-        <v>2241570742</v>
+      <c r="C63" t="s">
+        <v>237</v>
       </c>
       <c r="D63" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="E63" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="F63" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G63" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H63" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B64"/>
-      <c r="C64" t="s">
-        <v>239</v>
+      <c r="C64">
+        <v>93195910729</v>
       </c>
       <c r="D64" t="s">
-        <v>123</v>
+        <v>241</v>
       </c>
       <c r="E64" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F64" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G64" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="H64" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B65"/>
       <c r="C65">
-        <v>93292400723</v>
+        <v>2241570742</v>
       </c>
       <c r="D65" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="E65" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F65" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G65" t="s">
-        <v>140</v>
+        <v>36</v>
       </c>
       <c r="H65" t="s">
-        <v>202</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B66"/>
-      <c r="C66">
-        <v>83001290713</v>
+      <c r="C66" t="s">
+        <v>247</v>
       </c>
       <c r="D66" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="E66" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="F66" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G66" t="s">
-        <v>140</v>
+        <v>36</v>
       </c>
       <c r="H66" t="s">
-        <v>202</v>
+        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>199</v>
+        <v>250</v>
       </c>
       <c r="B67"/>
       <c r="C67">
-        <v>10655961000</v>
+        <v>93292400723</v>
       </c>
       <c r="D67" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="E67" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="F67" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G67" t="s">
-        <v>111</v>
+        <v>148</v>
       </c>
       <c r="H67" t="s">
-        <v>247</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B68"/>
       <c r="C68">
-        <v>93193630725</v>
+        <v>83001290713</v>
       </c>
       <c r="D68" t="s">
-        <v>21</v>
+        <v>131</v>
       </c>
       <c r="E68" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F68" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G68" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H68" t="s">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>251</v>
+        <v>207</v>
       </c>
       <c r="B69"/>
-      <c r="C69" t="s">
-        <v>252</v>
+      <c r="C69">
+        <v>10655961000</v>
       </c>
       <c r="D69" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="E69" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F69" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G69" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="H69" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B70"/>
-      <c r="C70" t="s">
-        <v>256</v>
+      <c r="C70">
+        <v>93193630725</v>
       </c>
       <c r="D70" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="E70" t="s">
         <v>257</v>
       </c>
       <c r="F70" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G70" t="s">
-        <v>24</v>
+        <v>148</v>
       </c>
       <c r="H70" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>259</v>
       </c>
       <c r="B71"/>
-      <c r="C71">
-        <v>80017680721</v>
+      <c r="C71" t="s">
+        <v>260</v>
       </c>
       <c r="D71" t="s">
-        <v>260</v>
+        <v>33</v>
       </c>
       <c r="E71" t="s">
         <v>261</v>
       </c>
       <c r="F71" t="s">
-        <v>145</v>
+        <v>35</v>
       </c>
       <c r="G71" t="s">
+        <v>36</v>
+      </c>
+      <c r="H71" t="s">
         <v>262</v>
       </c>
-      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>263</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
         <v>264</v>
       </c>
       <c r="D72" t="s">
-        <v>184</v>
+        <v>81</v>
       </c>
       <c r="E72" t="s">
         <v>265</v>
       </c>
       <c r="F72" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G72" t="s">
-        <v>140</v>
+        <v>36</v>
       </c>
       <c r="H72" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>207</v>
+        <v>267</v>
       </c>
       <c r="B73"/>
-      <c r="C73" t="s">
-        <v>208</v>
+      <c r="C73">
+        <v>80017680721</v>
       </c>
       <c r="D73" t="s">
-        <v>209</v>
+        <v>268</v>
       </c>
       <c r="E73" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="F73" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="G73" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>131</v>
+        <v>271</v>
       </c>
       <c r="B74"/>
       <c r="C74" t="s">
-        <v>132</v>
+        <v>272</v>
       </c>
       <c r="D74" t="s">
-        <v>100</v>
+        <v>192</v>
       </c>
       <c r="E74" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="F74" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G74" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H74" t="s">
-        <v>134</v>
+        <v>274</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>30</v>
+        <v>215</v>
       </c>
       <c r="B75"/>
       <c r="C75" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
       <c r="D75" t="s">
-        <v>32</v>
+        <v>217</v>
       </c>
       <c r="E75" t="s">
-        <v>268</v>
+        <v>218</v>
       </c>
       <c r="F75" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G75" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H75" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>269</v>
+        <v>139</v>
       </c>
       <c r="B76"/>
-      <c r="C76">
-        <v>83000770715</v>
+      <c r="C76" t="s">
+        <v>140</v>
       </c>
       <c r="D76" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E76" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="F76" t="s">
-        <v>271</v>
+        <v>35</v>
       </c>
       <c r="G76" t="s">
-        <v>24</v>
+        <v>148</v>
       </c>
       <c r="H76" t="s">
-        <v>272</v>
+        <v>142</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>273</v>
+        <v>42</v>
       </c>
       <c r="B77"/>
       <c r="C77" t="s">
-        <v>274</v>
+        <v>43</v>
       </c>
       <c r="D77" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E77" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F77" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G77" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H77" t="s">
-        <v>276</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>135</v>
+        <v>277</v>
       </c>
       <c r="B78"/>
-      <c r="C78" t="s">
-        <v>136</v>
+      <c r="C78">
+        <v>83000770715</v>
       </c>
       <c r="D78" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="E78" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F78" t="s">
-        <v>23</v>
+        <v>279</v>
       </c>
       <c r="G78" t="s">
-        <v>140</v>
+        <v>36</v>
       </c>
       <c r="H78" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B79"/>
       <c r="C79" t="s">
-        <v>180</v>
+        <v>282</v>
       </c>
       <c r="D79" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="E79" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="F79" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G79" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H79" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>282</v>
+        <v>143</v>
       </c>
       <c r="B80"/>
       <c r="C80" t="s">
-        <v>283</v>
+        <v>144</v>
       </c>
       <c r="D80" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="E80" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F80" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G80" t="s">
-        <v>24</v>
+        <v>148</v>
       </c>
       <c r="H80" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B81"/>
-      <c r="C81">
-        <v>93535450725</v>
+      <c r="C81" t="s">
+        <v>188</v>
       </c>
       <c r="D81" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="E81" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F81" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G81" t="s">
-        <v>24</v>
+        <v>148</v>
       </c>
       <c r="H81" t="s">
-        <v>202</v>
+        <v>289</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B82"/>
-      <c r="C82">
-        <v>93361700722</v>
+      <c r="C82" t="s">
+        <v>291</v>
       </c>
       <c r="D82" t="s">
-        <v>123</v>
+        <v>59</v>
       </c>
       <c r="E82" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="F82" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G82" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H82" t="s">
-        <v>202</v>
+        <v>293</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="B83"/>
-      <c r="C83" t="s">
-        <v>77</v>
+      <c r="C83">
+        <v>93535450725</v>
       </c>
       <c r="D83" t="s">
-        <v>291</v>
+        <v>81</v>
       </c>
       <c r="E83" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="F83" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G83" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H83" t="s">
-        <v>293</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B84"/>
       <c r="C84">
-        <v>16381971007</v>
+        <v>93361700722</v>
       </c>
       <c r="D84" t="s">
-        <v>21</v>
+        <v>131</v>
       </c>
       <c r="E84" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="F84" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G84" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H84" t="s">
-        <v>296</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B85"/>
       <c r="C85" t="s">
-        <v>298</v>
+        <v>85</v>
       </c>
       <c r="D85" t="s">
-        <v>21</v>
+        <v>299</v>
       </c>
       <c r="E85" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F85" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G85" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="H85"/>
+        <v>36</v>
+      </c>
+      <c r="H85" t="s">
+        <v>301</v>
+      </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B86"/>
       <c r="C86">
-        <v>2023050210000434</v>
+        <v>16381971007</v>
       </c>
       <c r="D86" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="E86" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="F86" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G86" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H86" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B87"/>
-      <c r="C87">
-        <v>93498470728</v>
+      <c r="C87" t="s">
+        <v>306</v>
       </c>
       <c r="D87" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E87" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="F87" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G87" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>60</v>
+        <v>308</v>
       </c>
       <c r="B88"/>
-      <c r="C88" t="s">
-        <v>61</v>
+      <c r="C88">
+        <v>2023050210000434</v>
       </c>
       <c r="D88" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E88" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="F88" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G88" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H88" t="s">
-        <v>194</v>
+        <v>310</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B89"/>
       <c r="C89">
-        <v>80032530729</v>
+        <v>93498470728</v>
       </c>
       <c r="D89" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="E89" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="F89" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G89" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>308</v>
+        <v>68</v>
       </c>
       <c r="B90"/>
-      <c r="C90">
-        <v>93425440729</v>
+      <c r="C90" t="s">
+        <v>69</v>
       </c>
       <c r="D90" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="E90" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="F90" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G90" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H90" t="s">
-        <v>310</v>
+        <v>202</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B91"/>
       <c r="C91">
-        <v>93068050728</v>
+        <v>80032530729</v>
       </c>
       <c r="D91" t="s">
-        <v>312</v>
+        <v>81</v>
       </c>
       <c r="E91" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F91" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G91" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H91" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B92"/>
       <c r="C92">
-        <v>15861571006</v>
+        <v>93425440729</v>
       </c>
       <c r="D92" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="E92" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F92" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G92" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H92" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>290</v>
+        <v>319</v>
       </c>
       <c r="B93"/>
-      <c r="C93" t="s">
-        <v>77</v>
+      <c r="C93">
+        <v>93068050728</v>
       </c>
       <c r="D93" t="s">
-        <v>221</v>
+        <v>320</v>
       </c>
       <c r="E93" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="F93" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G93" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H93" t="s">
-        <v>293</v>
+        <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B94"/>
       <c r="C94">
-        <v>11867110014</v>
+        <v>15861571006</v>
       </c>
       <c r="D94" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E94" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="F94" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G94" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="H94"/>
+        <v>36</v>
+      </c>
+      <c r="H94" t="s">
+        <v>324</v>
+      </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>320</v>
+        <v>298</v>
       </c>
       <c r="B95"/>
-      <c r="C95">
-        <v>93193630725</v>
+      <c r="C95" t="s">
+        <v>85</v>
       </c>
       <c r="D95" t="s">
-        <v>21</v>
+        <v>229</v>
       </c>
       <c r="E95" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="F95" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G95" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="H95"/>
+        <v>36</v>
+      </c>
+      <c r="H95" t="s">
+        <v>301</v>
+      </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B96"/>
       <c r="C96">
-        <v>81004190716</v>
+        <v>11867110014</v>
       </c>
       <c r="D96" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="E96" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F96" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G96" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B97"/>
       <c r="C97">
-        <v>93266530729</v>
+        <v>93193630725</v>
       </c>
       <c r="D97" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="E97" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="F97" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G97" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B98"/>
       <c r="C98">
-        <v>92071140724</v>
+        <v>81004190716</v>
       </c>
       <c r="D98" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E98" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="F98" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G98" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B99"/>
-      <c r="C99" t="s">
-        <v>329</v>
+      <c r="C99">
+        <v>93266530729</v>
       </c>
       <c r="D99" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="E99" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="F99" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G99" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>30</v>
+        <v>334</v>
       </c>
       <c r="B100"/>
-      <c r="C100" t="s">
-        <v>31</v>
+      <c r="C100">
+        <v>92071140724</v>
       </c>
       <c r="D100" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="E100" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F100" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G100" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>25</v>
+        <v>336</v>
       </c>
       <c r="B101"/>
       <c r="C101" t="s">
-        <v>26</v>
+        <v>337</v>
       </c>
       <c r="D101" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="E101" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="F101" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G101" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>333</v>
+        <v>42</v>
       </c>
       <c r="B102"/>
-      <c r="C102">
-        <v>93026440722</v>
+      <c r="C102" t="s">
+        <v>43</v>
       </c>
       <c r="D102" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E102" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="F102" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G102" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>335</v>
+        <v>37</v>
       </c>
       <c r="B103"/>
-      <c r="C103">
-        <v>83000870713</v>
+      <c r="C103" t="s">
+        <v>38</v>
       </c>
       <c r="D103" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="E103" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="F103" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G103" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B104"/>
       <c r="C104">
-        <v>93096080721</v>
+        <v>93026440722</v>
       </c>
       <c r="D104" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="E104" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F104" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G104" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B105"/>
       <c r="C105">
-        <v>80023420229</v>
+        <v>83000870713</v>
       </c>
       <c r="D105" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="E105" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F105" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G105" t="s">
-        <v>341</v>
+        <v>36</v>
       </c>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B106"/>
       <c r="C106">
-        <v>94191680480</v>
+        <v>93096080721</v>
       </c>
       <c r="D106" t="s">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="E106" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F106" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G106" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B107"/>
-      <c r="C107" t="s">
-        <v>345</v>
+      <c r="C107">
+        <v>80023420229</v>
       </c>
       <c r="D107" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E107" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="F107" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G107" t="s">
-        <v>24</v>
+        <v>349</v>
       </c>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B108"/>
       <c r="C108">
-        <v>80102030154</v>
+        <v>94191680480</v>
       </c>
       <c r="D108" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="E108" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F108" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G108" t="s">
-        <v>341</v>
+        <v>36</v>
       </c>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B109"/>
-      <c r="C109">
-        <v>92020590714</v>
+      <c r="C109" t="s">
+        <v>353</v>
       </c>
       <c r="D109" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="E109" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F109" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G109" t="s">
-        <v>341</v>
+        <v>36</v>
       </c>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B110"/>
-      <c r="C110" t="s">
-        <v>180</v>
+      <c r="C110">
+        <v>80102030154</v>
       </c>
       <c r="D110" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="E110" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="F110" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G110" t="s">
-        <v>24</v>
+        <v>349</v>
       </c>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B111"/>
-      <c r="C111" t="s">
-        <v>354</v>
+      <c r="C111">
+        <v>92020590714</v>
       </c>
       <c r="D111" t="s">
-        <v>123</v>
+        <v>59</v>
       </c>
       <c r="E111" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="F111" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G111" t="s">
-        <v>24</v>
+        <v>349</v>
       </c>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B112"/>
       <c r="C112" t="s">
-        <v>99</v>
+        <v>188</v>
       </c>
       <c r="D112" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="E112" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="F112" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G112" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B113"/>
-      <c r="C113">
-        <v>93106940724</v>
+      <c r="C113" t="s">
+        <v>362</v>
       </c>
       <c r="D113" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="E113" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="F113" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G113" t="s">
-        <v>360</v>
+        <v>36</v>
       </c>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B114"/>
       <c r="C114" t="s">
-        <v>362</v>
+        <v>107</v>
       </c>
       <c r="D114" t="s">
-        <v>363</v>
+        <v>33</v>
       </c>
       <c r="E114" t="s">
-        <v>11</v>
+        <v>365</v>
       </c>
       <c r="F114" t="s">
-        <v>145</v>
+        <v>35</v>
       </c>
       <c r="G114" t="s">
-        <v>160</v>
+        <v>36</v>
       </c>
       <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B115"/>
-      <c r="C115" t="s">
-        <v>365</v>
+      <c r="C115">
+        <v>93106940724</v>
       </c>
       <c r="D115" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="E115" t="s">
-        <v>11</v>
+        <v>367</v>
       </c>
       <c r="F115" t="s">
-        <v>145</v>
+        <v>35</v>
       </c>
       <c r="G115" t="s">
-        <v>160</v>
+        <v>368</v>
       </c>
       <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>259</v>
+        <v>369</v>
       </c>
       <c r="B116"/>
-      <c r="C116">
-        <v>80017680721</v>
+      <c r="C116" t="s">
+        <v>370</v>
       </c>
       <c r="D116" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="E116" t="s">
-        <v>261</v>
+        <v>24</v>
       </c>
       <c r="F116" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="G116" t="s">
-        <v>262</v>
+        <v>168</v>
       </c>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>166</v>
+        <v>372</v>
       </c>
       <c r="B117"/>
       <c r="C117" t="s">
-        <v>39</v>
+        <v>373</v>
       </c>
       <c r="D117" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="E117" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="F117" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="G117" t="s">
         <v>168</v>
       </c>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>369</v>
+        <v>267</v>
       </c>
       <c r="B118"/>
-      <c r="C118" t="s">
-        <v>39</v>
+      <c r="C118">
+        <v>80017680721</v>
       </c>
       <c r="D118" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="E118" t="s">
-        <v>11</v>
+        <v>269</v>
       </c>
       <c r="F118" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="G118" t="s">
-        <v>174</v>
+        <v>270</v>
       </c>
       <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>38</v>
+        <v>174</v>
       </c>
       <c r="B119"/>
       <c r="C119" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D119" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="E119" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="F119" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="G119" t="s">
-        <v>372</v>
+        <v>176</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B120"/>
       <c r="C120" t="s">
-        <v>374</v>
+        <v>9</v>
       </c>
       <c r="D120" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="E120" t="s">
-        <v>376</v>
+        <v>24</v>
       </c>
       <c r="F120" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="G120" t="s">
-        <v>360</v>
+        <v>182</v>
       </c>
       <c r="H120"/>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>8</v>
+      </c>
+      <c r="B121"/>
+      <c r="C121" t="s">
+        <v>9</v>
+      </c>
+      <c r="D121" t="s">
+        <v>379</v>
+      </c>
+      <c r="E121" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" t="s">
+        <v>153</v>
+      </c>
+      <c r="G121" t="s">
+        <v>380</v>
+      </c>
+      <c r="H121"/>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>381</v>
+      </c>
+      <c r="B122"/>
+      <c r="C122" t="s">
+        <v>382</v>
+      </c>
+      <c r="D122" t="s">
+        <v>383</v>
+      </c>
+      <c r="E122" t="s">
+        <v>384</v>
+      </c>
+      <c r="F122" t="s">
+        <v>35</v>
+      </c>
+      <c r="G122" t="s">
+        <v>368</v>
+      </c>
+      <c r="H122"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>