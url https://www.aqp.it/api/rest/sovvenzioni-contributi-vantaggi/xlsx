--- v1 (2025-11-23)
+++ v2 (2025-12-16)
@@ -12,76 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sovvenzioni, contributi, sussi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>Nome dell'impresa o il nome di altro soggetto beneficiario</t>
   </si>
   <si>
     <t>Anno di riferimento</t>
   </si>
   <si>
     <t>Dati fiscali beneficiario</t>
   </si>
   <si>
     <t>Importo del vantaggio corrisposto</t>
   </si>
   <si>
     <t>Norma o Titolo Attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo cui è attribuita la responsabilità dell'istruttoria o della concessione della sovvenzione/contributo/sussidio/vantaggio economico</t>
   </si>
   <si>
     <t>Modalità seguita per l'individuazione del beneficiario</t>
   </si>
   <si>
     <t>Progetto Selezionato</t>
   </si>
   <si>
+    <t>APS Giraffa Onlus</t>
+  </si>
+  <si>
+    <t>4000.00€</t>
+  </si>
+  <si>
+    <t>prot. 82814 del 27/11/2025</t>
+  </si>
+  <si>
+    <t>Comunicazione e Media</t>
+  </si>
+  <si>
+    <t>Procedura interna erogazione liberale IST CREAM 01</t>
+  </si>
+  <si>
+    <t>https://www.giraffaonlus.it/</t>
+  </si>
+  <si>
     <t>A tutto il personale dell’AQP SpA con contratto Gas-Acqua</t>
   </si>
   <si>
     <t>...</t>
   </si>
   <si>
     <t>9497.00€</t>
   </si>
   <si>
     <t>ACCORDO SINDACALE SULL'ORARIO DI LAVORO DEL 2009</t>
   </si>
   <si>
     <t>AREA PEOPLE CARE E AQP ACADEMY</t>
   </si>
   <si>
     <t>Lavoratori con figli fino al compimento del terzo anno di età a fronte delle spese da sostenersi per il pagamento delle rette degli asili nido</t>
   </si>
   <si>
     <t>Contributo Asili Nido - Comunicato avvio richieste III trimestre 2025</t>
   </si>
   <si>
     <t>Università degli Studi di Bari Aldo Moro</t>
   </si>
   <si>
     <t>Partita IVA: 01086760723</t>
@@ -119,56 +137,50 @@
   <si>
     <t>Orange Viaggi</t>
   </si>
   <si>
     <t>Partita IVA: 14059951005</t>
   </si>
   <si>
     <t>81300.00€</t>
   </si>
   <si>
     <t>Comunicato soggiorno estivo a Rossano Calabro 2025</t>
   </si>
   <si>
     <t>Comune di Conza della Campania</t>
   </si>
   <si>
     <t>00232380642</t>
   </si>
   <si>
     <t>5000.00€</t>
   </si>
   <si>
     <t>prot. 55946 del 08/08/2025</t>
   </si>
   <si>
-    <t>Comunicazione e Media</t>
-[...4 lines deleted...]
-  <si>
     <t>Fondazione Notte della Taranta</t>
   </si>
   <si>
     <t>04167640756</t>
   </si>
   <si>
     <t>25000.00€</t>
   </si>
   <si>
     <t>prot. 55357 del 06/08/2025</t>
   </si>
   <si>
     <t>Festival Notte della Taranta</t>
   </si>
   <si>
     <t>Comune di Caposele</t>
   </si>
   <si>
     <t>00228820643</t>
   </si>
   <si>
     <t>2000.00€</t>
   </si>
   <si>
     <t>prot. 55950 del 08/08/2025</t>
@@ -357,53 +369,50 @@
     <t>Legambiente Comitato Regionale Pugliese</t>
   </si>
   <si>
     <t>05212080724</t>
   </si>
   <si>
     <t>30000.00€</t>
   </si>
   <si>
     <t>Prot. 4837 del 23/01/2025</t>
   </si>
   <si>
     <t>https://www.lagazzettadelmezzogiorno.it/news/puglia/1467552/acqua-clima-e-trans…</t>
   </si>
   <si>
     <t>A.P.S. GIRAFFA</t>
   </si>
   <si>
     <t>93193630725/08004150721</t>
   </si>
   <si>
     <t>Prot. 80802 del 13/12/2024</t>
   </si>
   <si>
     <t>Procedura interna erogazione liberale  IST CREAM 02</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://www.giraffaonlus.it/</t>
   </si>
   <si>
     <t>Comitato Organizzatore IAHR 2027 World Congress</t>
   </si>
   <si>
     <t>40000.00€</t>
   </si>
   <si>
     <t>Prot. 76985 del 26/11/2024</t>
   </si>
   <si>
     <t>Procedura interna erogazione liberale IST CREAM 02</t>
   </si>
   <si>
     <t>IAHR 2027 World Congress</t>
   </si>
   <si>
     <t>Associazione di Promozione Sociale Il Filo del Discorso</t>
   </si>
   <si>
     <t>3300.00€</t>
   </si>
   <si>
     <t>Prot.77004 del 26.11.2024</t>
   </si>
@@ -1513,2971 +1522,2997 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H122"/>
+  <dimension ref="A1:H123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112061" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="154.390869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="257.080078" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="168.530273" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="95.405273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
-      <c r="B2"/>
-      <c r="C2" t="s">
+      <c r="B2">
+        <v>2025</v>
+      </c>
+      <c r="C2">
+        <v>93193630725</v>
+      </c>
+      <c r="D2" t="s">
         <v>9</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="E2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
+        <v>12</v>
+      </c>
+      <c r="H2" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4"/>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5"/>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6"/>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
         <v>31</v>
       </c>
-      <c r="B6">
-[...14 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>39</v>
       </c>
       <c r="E7" t="s">
         <v>40</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
         <v>43</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>12</v>
+      </c>
+      <c r="H8" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
-      <c r="C9">
-        <v>5102150751</v>
+      <c r="C9" t="s">
+        <v>47</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-        <v>9</v>
+        <v>51</v>
+      </c>
+      <c r="B10">
+        <v>2025</v>
+      </c>
+      <c r="C10">
+        <v>5102150751</v>
       </c>
       <c r="D10" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="E10" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="B11"/>
       <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
         <v>54</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" t="s">
         <v>55</v>
       </c>
-      <c r="F11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="H11" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>57</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" t="s">
         <v>59</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B13"/>
+        <v>61</v>
+      </c>
+      <c r="B13">
+        <v>2025</v>
+      </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="E13" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>90037060747</v>
+        <v>14</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>15</v>
       </c>
       <c r="D14" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" t="s">
         <v>66</v>
       </c>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="H14" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>68</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C15">
+        <v>90037060747</v>
+      </c>
+      <c r="D15" t="s">
         <v>69</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>70</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>75</v>
       </c>
       <c r="F16" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H16" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H17" t="s">
         <v>77</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>80</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
-      <c r="C18">
-        <v>5056320756</v>
+      <c r="C18" t="s">
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
         <v>82</v>
       </c>
       <c r="F18" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H18" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>84</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C19">
+        <v>5056320756</v>
+      </c>
+      <c r="D19" t="s">
         <v>85</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>86</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H19" t="s">
         <v>87</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20" t="s">
+        <v>89</v>
+      </c>
+      <c r="D20" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E20" t="s">
         <v>91</v>
       </c>
       <c r="F20" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H20" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B21"/>
+        <v>93</v>
+      </c>
+      <c r="B21">
+        <v>2025</v>
+      </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="H21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D22" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E22" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="F22" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="G22" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="H22" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>92073550714</v>
+        <v>14</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23" t="s">
+        <v>15</v>
       </c>
       <c r="D23" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="E23" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="G23" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="H23" t="s">
-        <v>99</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
-        <v>93061260712</v>
+        <v>92073550714</v>
       </c>
       <c r="D24" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="E24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
-        <v>92073550714</v>
+        <v>93061260712</v>
       </c>
       <c r="D25" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="E25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F25" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
-      <c r="C26" t="s">
-        <v>107</v>
+      <c r="C26">
+        <v>92073550714</v>
       </c>
       <c r="D26" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" t="s">
         <v>108</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>12</v>
+      </c>
+      <c r="H26" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27">
+        <v>2025</v>
+      </c>
+      <c r="C27" t="s">
         <v>111</v>
       </c>
-      <c r="B27"/>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>113</v>
       </c>
       <c r="F27" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
+        <v>12</v>
+      </c>
+      <c r="H27" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28" t="s">
         <v>116</v>
       </c>
-      <c r="B28"/>
-[...2 lines deleted...]
-      </c>
       <c r="D28" t="s">
+        <v>39</v>
+      </c>
+      <c r="E28" t="s">
         <v>117</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
         <v>118</v>
       </c>
-      <c r="F28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H28" t="s">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29"/>
+      <c r="C29">
+        <v>93551050722</v>
+      </c>
+      <c r="D29" t="s">
+        <v>120</v>
+      </c>
+      <c r="E29" t="s">
         <v>121</v>
       </c>
-      <c r="B29">
-[...5 lines deleted...]
-      <c r="D29" t="s">
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
         <v>122</v>
       </c>
-      <c r="E29" t="s">
+      <c r="H29" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30">
+        <v>2024</v>
+      </c>
+      <c r="C30">
+        <v>93209470728</v>
+      </c>
+      <c r="D30" t="s">
+        <v>125</v>
+      </c>
+      <c r="E30" t="s">
         <v>126</v>
       </c>
-      <c r="B30"/>
-      <c r="C30" t="s">
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
         <v>127</v>
       </c>
-      <c r="D30" t="s">
-[...2 lines deleted...]
-      <c r="E30" t="s">
+      <c r="H30" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31" t="s">
         <v>130</v>
       </c>
-      <c r="B31"/>
-[...2 lines deleted...]
-      </c>
       <c r="D31" t="s">
+        <v>39</v>
+      </c>
+      <c r="E31" t="s">
         <v>131</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>122</v>
+      </c>
+      <c r="H31" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>8</v>
+        <v>133</v>
       </c>
       <c r="B32"/>
-      <c r="C32" t="s">
-        <v>9</v>
+      <c r="C32">
+        <v>6211830481</v>
       </c>
       <c r="D32" t="s">
         <v>134</v>
       </c>
       <c r="E32" t="s">
-        <v>11</v>
+        <v>135</v>
       </c>
       <c r="F32" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="H32" t="s">
-        <v>63</v>
+        <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>135</v>
+        <v>14</v>
       </c>
       <c r="B33"/>
-      <c r="C33">
-        <v>93026440722</v>
+      <c r="C33" t="s">
+        <v>15</v>
       </c>
       <c r="D33" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E33" t="s">
-        <v>137</v>
+        <v>17</v>
       </c>
       <c r="F33" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="G33" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="H33" t="s">
-        <v>138</v>
+        <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>138</v>
+      </c>
+      <c r="B34"/>
+      <c r="C34">
+        <v>93026440722</v>
+      </c>
+      <c r="D34" t="s">
         <v>139</v>
       </c>
-      <c r="B34"/>
-      <c r="C34" t="s">
+      <c r="E34" t="s">
         <v>140</v>
       </c>
-      <c r="D34" t="s">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>118</v>
+      </c>
+      <c r="H34" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B35"/>
       <c r="C35" t="s">
+        <v>143</v>
+      </c>
+      <c r="D35" t="s">
+        <v>112</v>
+      </c>
+      <c r="E35" t="s">
         <v>144</v>
       </c>
-      <c r="D35" t="s">
-[...2 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>118</v>
+      </c>
+      <c r="H35" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>42</v>
+        <v>146</v>
       </c>
       <c r="B36"/>
       <c r="C36" t="s">
-        <v>43</v>
+        <v>147</v>
       </c>
       <c r="D36" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="E36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F36" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>148</v>
+        <v>118</v>
       </c>
       <c r="H36" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
+        <v>47</v>
+      </c>
+      <c r="D37" t="s">
+        <v>48</v>
+      </c>
+      <c r="E37" t="s">
+        <v>150</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
         <v>151</v>
       </c>
-      <c r="D37" t="s">
+      <c r="H37" t="s">
         <v>152</v>
-      </c>
-[...10 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s">
-        <v>9</v>
+        <v>154</v>
       </c>
       <c r="D38" t="s">
+        <v>155</v>
+      </c>
+      <c r="E38" t="s">
+        <v>30</v>
+      </c>
+      <c r="F38" t="s">
         <v>156</v>
       </c>
-      <c r="E38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G38" t="s">
-        <v>13</v>
+        <v>157</v>
       </c>
       <c r="H38" t="s">
-        <v>63</v>
+        <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
-        <v>157</v>
+        <v>15</v>
       </c>
       <c r="D39" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E39" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F39" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G39" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="H39" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D40" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E40" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F40" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="G40" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="H40" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D41" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E41" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F41" t="s">
-        <v>153</v>
+        <v>66</v>
       </c>
       <c r="G41" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="H41" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>161</v>
+        <v>14</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
-        <v>162</v>
+        <v>15</v>
       </c>
       <c r="D42" t="s">
         <v>163</v>
       </c>
       <c r="E42" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F42" t="s">
-        <v>62</v>
+        <v>156</v>
       </c>
       <c r="G42" t="s">
-        <v>154</v>
+        <v>19</v>
       </c>
       <c r="H42" t="s">
-        <v>164</v>
+        <v>67</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
+        <v>165</v>
+      </c>
+      <c r="D43" t="s">
         <v>166</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
+        <v>30</v>
+      </c>
+      <c r="F43" t="s">
+        <v>66</v>
+      </c>
+      <c r="G43" t="s">
+        <v>157</v>
+      </c>
+      <c r="H43" t="s">
         <v>167</v>
-      </c>
-[...10 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>168</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="D44" t="s">
         <v>170</v>
       </c>
       <c r="E44" t="s">
+        <v>30</v>
+      </c>
+      <c r="F44" t="s">
+        <v>156</v>
+      </c>
+      <c r="G44" t="s">
         <v>171</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>174</v>
+        <v>14</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D45" t="s">
+        <v>173</v>
+      </c>
+      <c r="E45" t="s">
+        <v>174</v>
+      </c>
+      <c r="F45" t="s">
+        <v>156</v>
+      </c>
+      <c r="G45" t="s">
         <v>175</v>
       </c>
-      <c r="E45" t="s">
-[...5 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s">
-        <v>9</v>
+        <v>160</v>
       </c>
       <c r="D46" t="s">
         <v>178</v>
       </c>
       <c r="E46" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F46" t="s">
-        <v>153</v>
+        <v>66</v>
       </c>
       <c r="G46" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="H46" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>181</v>
       </c>
       <c r="E47" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F47" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G47" t="s">
+        <v>179</v>
+      </c>
+      <c r="H47" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D48" t="s">
+        <v>184</v>
+      </c>
+      <c r="E48" t="s">
+        <v>30</v>
+      </c>
+      <c r="F48" t="s">
+        <v>156</v>
+      </c>
+      <c r="G48" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>182</v>
       </c>
       <c r="H48" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>187</v>
       </c>
       <c r="B49"/>
       <c r="C49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" t="s">
         <v>188</v>
       </c>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" t="s">
+        <v>30</v>
+      </c>
+      <c r="F49" t="s">
+        <v>156</v>
+      </c>
+      <c r="G49" t="s">
+        <v>185</v>
+      </c>
+      <c r="H49" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>190</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
         <v>191</v>
       </c>
-      <c r="B50"/>
-[...2 lines deleted...]
-      </c>
       <c r="D50" t="s">
+        <v>63</v>
+      </c>
+      <c r="E50" t="s">
         <v>192</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>12</v>
+      </c>
+      <c r="H50" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B51"/>
       <c r="C51">
-        <v>90263370737</v>
+        <v>93144670754</v>
       </c>
       <c r="D51" t="s">
-        <v>44</v>
+        <v>195</v>
       </c>
       <c r="E51" t="s">
         <v>196</v>
       </c>
       <c r="F51" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="H51" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>198</v>
       </c>
       <c r="B52"/>
       <c r="C52">
-        <v>90141540733</v>
+        <v>90263370737</v>
       </c>
       <c r="D52" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="E52" t="s">
         <v>199</v>
       </c>
       <c r="F52" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="H52" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>68</v>
+        <v>201</v>
       </c>
       <c r="B53"/>
-      <c r="C53" t="s">
-        <v>69</v>
+      <c r="C53">
+        <v>90141540733</v>
       </c>
       <c r="D53" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="E53" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F53" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H53" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>72</v>
       </c>
       <c r="B54"/>
       <c r="C54" t="s">
+        <v>73</v>
+      </c>
+      <c r="D54" t="s">
+        <v>74</v>
+      </c>
+      <c r="E54" t="s">
         <v>204</v>
       </c>
-      <c r="D54" t="s">
-[...2 lines deleted...]
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>12</v>
+      </c>
+      <c r="H54" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>206</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55" t="s">
         <v>207</v>
       </c>
-      <c r="B55"/>
-[...2 lines deleted...]
-      </c>
       <c r="D55" t="s">
+        <v>48</v>
+      </c>
+      <c r="E55" t="s">
         <v>208</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>12</v>
+      </c>
+      <c r="H55" t="s">
         <v>209</v>
-      </c>
-[...7 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B56"/>
       <c r="C56">
-        <v>80042630584</v>
+        <v>97515920581</v>
       </c>
       <c r="D56" t="s">
+        <v>211</v>
+      </c>
+      <c r="E56" t="s">
         <v>212</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>12</v>
+      </c>
+      <c r="H56" t="s">
         <v>213</v>
       </c>
-      <c r="F56" t="s">
-[...5 lines deleted...]
-      <c r="H56"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>214</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57">
+        <v>80042630584</v>
+      </c>
+      <c r="D57" t="s">
         <v>215</v>
       </c>
-      <c r="B57"/>
-      <c r="C57" t="s">
+      <c r="E57" t="s">
         <v>216</v>
       </c>
-      <c r="D57" t="s">
+      <c r="F57" t="s">
         <v>217</v>
       </c>
-      <c r="E57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G57" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B58"/>
       <c r="C58" t="s">
-        <v>85</v>
+        <v>219</v>
       </c>
       <c r="D58" t="s">
         <v>220</v>
       </c>
       <c r="E58" t="s">
         <v>221</v>
       </c>
       <c r="F58" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H58" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>222</v>
+      </c>
+      <c r="B59"/>
+      <c r="C59" t="s">
+        <v>89</v>
+      </c>
+      <c r="D59" t="s">
         <v>223</v>
-      </c>
-[...5 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E59" t="s">
         <v>224</v>
       </c>
       <c r="F59" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H59" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>226</v>
       </c>
       <c r="B60"/>
       <c r="C60">
-        <v>96583210586</v>
+        <v>80019470725</v>
       </c>
       <c r="D60" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="E60" t="s">
         <v>227</v>
       </c>
       <c r="F60" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H60" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>106</v>
+        <v>229</v>
       </c>
       <c r="B61"/>
-      <c r="C61" t="s">
-        <v>107</v>
+      <c r="C61">
+        <v>96583210586</v>
       </c>
       <c r="D61" t="s">
-        <v>229</v>
+        <v>43</v>
       </c>
       <c r="E61" t="s">
         <v>230</v>
       </c>
       <c r="F61" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H61" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>232</v>
+        <v>110</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
+        <v>111</v>
+      </c>
+      <c r="D62" t="s">
+        <v>232</v>
+      </c>
+      <c r="E62" t="s">
         <v>233</v>
       </c>
-      <c r="D62" t="s">
-[...2 lines deleted...]
-      <c r="E62" t="s">
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>12</v>
+      </c>
+      <c r="H62" t="s">
         <v>234</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
+        <v>236</v>
+      </c>
+      <c r="D63" t="s">
+        <v>85</v>
+      </c>
+      <c r="E63" t="s">
         <v>237</v>
       </c>
-      <c r="D63" t="s">
-[...2 lines deleted...]
-      <c r="E63" t="s">
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>12</v>
+      </c>
+      <c r="H63" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>239</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64" t="s">
         <v>240</v>
       </c>
-      <c r="B64"/>
-[...2 lines deleted...]
-      </c>
       <c r="D64" t="s">
+        <v>48</v>
+      </c>
+      <c r="E64" t="s">
         <v>241</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>12</v>
+      </c>
+      <c r="H64" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>243</v>
       </c>
       <c r="B65"/>
       <c r="C65">
-        <v>2241570742</v>
+        <v>93195910729</v>
       </c>
       <c r="D65" t="s">
-        <v>44</v>
+        <v>244</v>
       </c>
       <c r="E65" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F65" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="H65" t="s">
-        <v>245</v>
+        <v>213</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>246</v>
       </c>
       <c r="B66"/>
-      <c r="C66" t="s">
+      <c r="C66">
+        <v>2241570742</v>
+      </c>
+      <c r="D66" t="s">
+        <v>48</v>
+      </c>
+      <c r="E66" t="s">
         <v>247</v>
       </c>
-      <c r="D66" t="s">
-[...2 lines deleted...]
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>12</v>
+      </c>
+      <c r="H66" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>249</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67" t="s">
         <v>250</v>
       </c>
-      <c r="B67"/>
-[...2 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E67" t="s">
         <v>251</v>
       </c>
       <c r="F67" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="H67" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B68"/>
       <c r="C68">
-        <v>83001290713</v>
+        <v>93292400723</v>
       </c>
       <c r="D68" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E68" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F68" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H68" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>207</v>
+        <v>255</v>
       </c>
       <c r="B69"/>
       <c r="C69">
-        <v>10655961000</v>
+        <v>83001290713</v>
       </c>
       <c r="D69" t="s">
-        <v>59</v>
+        <v>134</v>
       </c>
       <c r="E69" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F69" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="H69" t="s">
-        <v>255</v>
+        <v>213</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>256</v>
+        <v>210</v>
       </c>
       <c r="B70"/>
       <c r="C70">
-        <v>93193630725</v>
+        <v>10655961000</v>
       </c>
       <c r="D70" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="E70" t="s">
         <v>257</v>
       </c>
       <c r="F70" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="H70" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>259</v>
       </c>
       <c r="B71"/>
-      <c r="C71" t="s">
+      <c r="C71">
+        <v>93193630725</v>
+      </c>
+      <c r="D71" t="s">
+        <v>39</v>
+      </c>
+      <c r="E71" t="s">
         <v>260</v>
       </c>
-      <c r="D71" t="s">
-[...2 lines deleted...]
-      <c r="E71" t="s">
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>151</v>
+      </c>
+      <c r="H71" t="s">
         <v>261</v>
-      </c>
-[...7 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
+        <v>263</v>
+      </c>
+      <c r="D72" t="s">
+        <v>39</v>
+      </c>
+      <c r="E72" t="s">
         <v>264</v>
       </c>
-      <c r="D72" t="s">
-[...2 lines deleted...]
-      <c r="E72" t="s">
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>12</v>
+      </c>
+      <c r="H72" t="s">
         <v>265</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>266</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73" t="s">
         <v>267</v>
       </c>
-      <c r="B73"/>
-[...2 lines deleted...]
-      </c>
       <c r="D73" t="s">
+        <v>85</v>
+      </c>
+      <c r="E73" t="s">
         <v>268</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>12</v>
+      </c>
+      <c r="H73" t="s">
         <v>269</v>
       </c>
-      <c r="F73" t="s">
-[...5 lines deleted...]
-      <c r="H73"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>270</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74">
+        <v>80017680721</v>
+      </c>
+      <c r="D74" t="s">
         <v>271</v>
       </c>
-      <c r="B74"/>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
         <v>272</v>
       </c>
-      <c r="D74" t="s">
-[...2 lines deleted...]
-      <c r="E74" t="s">
+      <c r="F74" t="s">
+        <v>156</v>
+      </c>
+      <c r="G74" t="s">
         <v>273</v>
       </c>
-      <c r="F74" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>215</v>
+        <v>274</v>
       </c>
       <c r="B75"/>
       <c r="C75" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="D75" t="s">
-        <v>217</v>
+        <v>195</v>
       </c>
       <c r="E75" t="s">
-        <v>218</v>
+        <v>276</v>
       </c>
       <c r="F75" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H75" t="s">
-        <v>210</v>
+        <v>277</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="B76"/>
       <c r="C76" t="s">
-        <v>140</v>
+        <v>219</v>
       </c>
       <c r="D76" t="s">
-        <v>108</v>
+        <v>220</v>
       </c>
       <c r="E76" t="s">
-        <v>275</v>
+        <v>221</v>
       </c>
       <c r="F76" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H76" t="s">
-        <v>142</v>
+        <v>213</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>42</v>
+        <v>142</v>
       </c>
       <c r="B77"/>
       <c r="C77" t="s">
-        <v>43</v>
+        <v>143</v>
       </c>
       <c r="D77" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="E77" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F77" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H77" t="s">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>277</v>
+        <v>46</v>
       </c>
       <c r="B78"/>
-      <c r="C78">
-        <v>83000770715</v>
+      <c r="C78" t="s">
+        <v>47</v>
       </c>
       <c r="D78" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="E78" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F78" t="s">
-        <v>279</v>
+        <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>36</v>
+        <v>151</v>
       </c>
       <c r="H78" t="s">
-        <v>280</v>
+        <v>213</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>280</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79">
+        <v>83000770715</v>
+      </c>
+      <c r="D79" t="s">
+        <v>63</v>
+      </c>
+      <c r="E79" t="s">
         <v>281</v>
       </c>
-      <c r="B79"/>
-      <c r="C79" t="s">
+      <c r="F79" t="s">
         <v>282</v>
       </c>
-      <c r="D79" t="s">
-[...2 lines deleted...]
-      <c r="E79" t="s">
+      <c r="G79" t="s">
+        <v>12</v>
+      </c>
+      <c r="H79" t="s">
         <v>283</v>
-      </c>
-[...7 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>143</v>
+        <v>284</v>
       </c>
       <c r="B80"/>
       <c r="C80" t="s">
-        <v>144</v>
+        <v>285</v>
       </c>
       <c r="D80" t="s">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="E80" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F80" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H80" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>287</v>
+        <v>146</v>
       </c>
       <c r="B81"/>
       <c r="C81" t="s">
-        <v>188</v>
+        <v>147</v>
       </c>
       <c r="D81" t="s">
-        <v>59</v>
+        <v>112</v>
       </c>
       <c r="E81" t="s">
         <v>288</v>
       </c>
       <c r="F81" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="H81" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>290</v>
       </c>
       <c r="B82"/>
       <c r="C82" t="s">
+        <v>191</v>
+      </c>
+      <c r="D82" t="s">
+        <v>63</v>
+      </c>
+      <c r="E82" t="s">
         <v>291</v>
       </c>
-      <c r="D82" t="s">
-[...2 lines deleted...]
-      <c r="E82" t="s">
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>151</v>
+      </c>
+      <c r="H82" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>293</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83" t="s">
         <v>294</v>
       </c>
-      <c r="B83"/>
-[...2 lines deleted...]
-      </c>
       <c r="D83" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="E83" t="s">
         <v>295</v>
       </c>
       <c r="F83" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H83" t="s">
-        <v>210</v>
+        <v>296</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B84"/>
       <c r="C84">
-        <v>93361700722</v>
+        <v>93535450725</v>
       </c>
       <c r="D84" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="E84" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F84" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H84" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B85"/>
-      <c r="C85" t="s">
-        <v>85</v>
+      <c r="C85">
+        <v>93361700722</v>
       </c>
       <c r="D85" t="s">
-        <v>299</v>
+        <v>134</v>
       </c>
       <c r="E85" t="s">
         <v>300</v>
       </c>
       <c r="F85" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H85" t="s">
-        <v>301</v>
+        <v>213</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>301</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86" t="s">
+        <v>89</v>
+      </c>
+      <c r="D86" t="s">
         <v>302</v>
-      </c>
-[...5 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E86" t="s">
         <v>303</v>
       </c>
       <c r="F86" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H86" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>305</v>
       </c>
       <c r="B87"/>
-      <c r="C87" t="s">
+      <c r="C87">
+        <v>16381971007</v>
+      </c>
+      <c r="D87" t="s">
+        <v>39</v>
+      </c>
+      <c r="E87" t="s">
         <v>306</v>
       </c>
-      <c r="D87" t="s">
-[...2 lines deleted...]
-      <c r="E87" t="s">
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>12</v>
+      </c>
+      <c r="H87" t="s">
         <v>307</v>
       </c>
-      <c r="F87" t="s">
-[...5 lines deleted...]
-      <c r="H87"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>308</v>
       </c>
       <c r="B88"/>
-      <c r="C88">
-        <v>2023050210000434</v>
+      <c r="C88" t="s">
+        <v>309</v>
       </c>
       <c r="D88" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="E88" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F88" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>311</v>
       </c>
       <c r="B89"/>
       <c r="C89">
-        <v>93498470728</v>
+        <v>2023050210000434</v>
       </c>
       <c r="D89" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="E89" t="s">
         <v>312</v>
       </c>
       <c r="F89" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="H89"/>
+        <v>12</v>
+      </c>
+      <c r="H89" t="s">
+        <v>313</v>
+      </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>68</v>
+        <v>314</v>
       </c>
       <c r="B90"/>
-      <c r="C90" t="s">
-        <v>69</v>
+      <c r="C90">
+        <v>93498470728</v>
       </c>
       <c r="D90" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="E90" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F90" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>314</v>
+        <v>72</v>
       </c>
       <c r="B91"/>
-      <c r="C91">
-        <v>80032530729</v>
+      <c r="C91" t="s">
+        <v>73</v>
       </c>
       <c r="D91" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="E91" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F91" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H91" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B92"/>
       <c r="C92">
-        <v>93425440729</v>
+        <v>80032530729</v>
       </c>
       <c r="D92" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="E92" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F92" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H92" t="s">
-        <v>318</v>
+        <v>213</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>319</v>
       </c>
       <c r="B93"/>
       <c r="C93">
-        <v>93068050728</v>
+        <v>93425440729</v>
       </c>
       <c r="D93" t="s">
+        <v>134</v>
+      </c>
+      <c r="E93" t="s">
         <v>320</v>
       </c>
-      <c r="E93" t="s">
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
+        <v>12</v>
+      </c>
+      <c r="H93" t="s">
         <v>321</v>
-      </c>
-[...7 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>322</v>
       </c>
       <c r="B94"/>
       <c r="C94">
-        <v>15861571006</v>
+        <v>93068050728</v>
       </c>
       <c r="D94" t="s">
-        <v>44</v>
+        <v>323</v>
       </c>
       <c r="E94" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F94" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H94" t="s">
-        <v>324</v>
+        <v>213</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>298</v>
+        <v>325</v>
       </c>
       <c r="B95"/>
-      <c r="C95" t="s">
-        <v>85</v>
+      <c r="C95">
+        <v>15861571006</v>
       </c>
       <c r="D95" t="s">
-        <v>229</v>
+        <v>48</v>
       </c>
       <c r="E95" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F95" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H95" t="s">
-        <v>301</v>
+        <v>327</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>326</v>
+        <v>301</v>
       </c>
       <c r="B96"/>
-      <c r="C96">
-        <v>11867110014</v>
+      <c r="C96" t="s">
+        <v>89</v>
       </c>
       <c r="D96" t="s">
-        <v>59</v>
+        <v>232</v>
       </c>
       <c r="E96" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F96" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="H96"/>
+        <v>12</v>
+      </c>
+      <c r="H96" t="s">
+        <v>304</v>
+      </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B97"/>
       <c r="C97">
-        <v>93193630725</v>
+        <v>11867110014</v>
       </c>
       <c r="D97" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="E97" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F97" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B98"/>
       <c r="C98">
-        <v>81004190716</v>
+        <v>93193630725</v>
       </c>
       <c r="D98" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E98" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F98" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B99"/>
       <c r="C99">
-        <v>93266530729</v>
+        <v>81004190716</v>
       </c>
       <c r="D99" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="E99" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F99" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B100"/>
       <c r="C100">
-        <v>92071140724</v>
+        <v>93266530729</v>
       </c>
       <c r="D100" t="s">
-        <v>59</v>
+        <v>134</v>
       </c>
       <c r="E100" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F100" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B101"/>
-      <c r="C101" t="s">
-        <v>337</v>
+      <c r="C101">
+        <v>92071140724</v>
       </c>
       <c r="D101" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E101" t="s">
         <v>338</v>
       </c>
       <c r="F101" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>42</v>
+        <v>339</v>
       </c>
       <c r="B102"/>
       <c r="C102" t="s">
-        <v>43</v>
+        <v>340</v>
       </c>
       <c r="D102" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="E102" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F102" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B103"/>
       <c r="C103" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="D103" t="s">
-        <v>108</v>
+        <v>48</v>
       </c>
       <c r="E103" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F103" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>341</v>
+        <v>41</v>
       </c>
       <c r="B104"/>
-      <c r="C104">
-        <v>93026440722</v>
+      <c r="C104" t="s">
+        <v>42</v>
       </c>
       <c r="D104" t="s">
-        <v>59</v>
+        <v>112</v>
       </c>
       <c r="E104" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F104" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B105"/>
       <c r="C105">
-        <v>83000870713</v>
+        <v>93026440722</v>
       </c>
       <c r="D105" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="E105" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F105" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B106"/>
       <c r="C106">
-        <v>93096080721</v>
+        <v>83000870713</v>
       </c>
       <c r="D106" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="E106" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F106" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B107"/>
       <c r="C107">
-        <v>80023420229</v>
+        <v>93096080721</v>
       </c>
       <c r="D107" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="E107" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F107" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>349</v>
+        <v>12</v>
       </c>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>350</v>
       </c>
       <c r="B108"/>
       <c r="C108">
-        <v>94191680480</v>
+        <v>80023420229</v>
       </c>
       <c r="D108" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="E108" t="s">
         <v>351</v>
       </c>
       <c r="F108" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>36</v>
+        <v>352</v>
       </c>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B109"/>
-      <c r="C109" t="s">
-        <v>353</v>
+      <c r="C109">
+        <v>94191680480</v>
       </c>
       <c r="D109" t="s">
-        <v>59</v>
+        <v>134</v>
       </c>
       <c r="E109" t="s">
         <v>354</v>
       </c>
       <c r="F109" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>355</v>
       </c>
       <c r="B110"/>
-      <c r="C110">
-        <v>80102030154</v>
+      <c r="C110" t="s">
+        <v>356</v>
       </c>
       <c r="D110" t="s">
-        <v>131</v>
+        <v>63</v>
       </c>
       <c r="E110" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F110" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>349</v>
+        <v>12</v>
       </c>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B111"/>
       <c r="C111">
-        <v>92020590714</v>
+        <v>80102030154</v>
       </c>
       <c r="D111" t="s">
-        <v>59</v>
+        <v>134</v>
       </c>
       <c r="E111" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F111" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B112"/>
-      <c r="C112" t="s">
-        <v>188</v>
+      <c r="C112">
+        <v>92020590714</v>
       </c>
       <c r="D112" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E112" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F112" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>36</v>
+        <v>352</v>
       </c>
       <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B113"/>
       <c r="C113" t="s">
-        <v>362</v>
+        <v>191</v>
       </c>
       <c r="D113" t="s">
-        <v>131</v>
+        <v>63</v>
       </c>
       <c r="E113" t="s">
         <v>363</v>
       </c>
       <c r="F113" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>364</v>
       </c>
       <c r="B114"/>
       <c r="C114" t="s">
-        <v>107</v>
+        <v>365</v>
       </c>
       <c r="D114" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="E114" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F114" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B115"/>
-      <c r="C115">
-        <v>93106940724</v>
+      <c r="C115" t="s">
+        <v>111</v>
       </c>
       <c r="D115" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E115" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F115" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>368</v>
+        <v>12</v>
       </c>
       <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>369</v>
       </c>
       <c r="B116"/>
-      <c r="C116" t="s">
+      <c r="C116">
+        <v>93106940724</v>
+      </c>
+      <c r="D116" t="s">
+        <v>48</v>
+      </c>
+      <c r="E116" t="s">
         <v>370</v>
       </c>
-      <c r="D116" t="s">
+      <c r="F116" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" t="s">
         <v>371</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>372</v>
       </c>
       <c r="B117"/>
       <c r="C117" t="s">
         <v>373</v>
       </c>
       <c r="D117" t="s">
         <v>374</v>
       </c>
       <c r="E117" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F117" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G117" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>267</v>
+        <v>375</v>
       </c>
       <c r="B118"/>
-      <c r="C118">
-        <v>80017680721</v>
+      <c r="C118" t="s">
+        <v>376</v>
       </c>
       <c r="D118" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E118" t="s">
-        <v>269</v>
+        <v>30</v>
       </c>
       <c r="F118" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G118" t="s">
-        <v>270</v>
+        <v>171</v>
       </c>
       <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>174</v>
+        <v>270</v>
       </c>
       <c r="B119"/>
-      <c r="C119" t="s">
-        <v>9</v>
+      <c r="C119">
+        <v>80017680721</v>
       </c>
       <c r="D119" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="E119" t="s">
-        <v>24</v>
+        <v>272</v>
       </c>
       <c r="F119" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G119" t="s">
-        <v>176</v>
+        <v>273</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>377</v>
+        <v>177</v>
       </c>
       <c r="B120"/>
       <c r="C120" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D120" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E120" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F120" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G120" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>8</v>
+        <v>380</v>
       </c>
       <c r="B121"/>
       <c r="C121" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D121" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="E121" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="F121" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G121" t="s">
-        <v>380</v>
+        <v>185</v>
       </c>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>381</v>
+        <v>14</v>
       </c>
       <c r="B122"/>
       <c r="C122" t="s">
+        <v>15</v>
+      </c>
+      <c r="D122" t="s">
         <v>382</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
+        <v>17</v>
+      </c>
+      <c r="F122" t="s">
+        <v>156</v>
+      </c>
+      <c r="G122" t="s">
         <v>383</v>
       </c>
-      <c r="E122" t="s">
+      <c r="H122"/>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
         <v>384</v>
       </c>
-      <c r="F122" t="s">
-[...5 lines deleted...]
-      <c r="H122"/>
+      <c r="B123"/>
+      <c r="C123" t="s">
+        <v>385</v>
+      </c>
+      <c r="D123" t="s">
+        <v>386</v>
+      </c>
+      <c r="E123" t="s">
+        <v>387</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
+        <v>371</v>
+      </c>
+      <c r="H123"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>