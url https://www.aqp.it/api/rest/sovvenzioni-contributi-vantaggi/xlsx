--- v2 (2025-12-16)
+++ v3 (2026-02-01)
@@ -12,91 +12,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sovvenzioni, contributi, sussi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="392">
   <si>
     <t>Nome dell'impresa o il nome di altro soggetto beneficiario</t>
   </si>
   <si>
     <t>Anno di riferimento</t>
   </si>
   <si>
     <t>Dati fiscali beneficiario</t>
   </si>
   <si>
     <t>Importo del vantaggio corrisposto</t>
   </si>
   <si>
     <t>Norma o Titolo Attribuzione</t>
   </si>
   <si>
     <t>Ufficio e funzionario o dirigente responsabile del relativo procedimento amministrativo cui è attribuita la responsabilità dell'istruttoria o della concessione della sovvenzione/contributo/sussidio/vantaggio economico</t>
   </si>
   <si>
     <t>Modalità seguita per l'individuazione del beneficiario</t>
   </si>
   <si>
     <t>Progetto Selezionato</t>
   </si>
   <si>
+    <t>Pro Loco Margherita di Savoia</t>
+  </si>
+  <si>
+    <t>09107260722</t>
+  </si>
+  <si>
+    <t>2000.00€</t>
+  </si>
+  <si>
+    <t>prot. 86245 del 11/12/2025</t>
+  </si>
+  <si>
+    <t>Comunicazione e Media</t>
+  </si>
+  <si>
+    <t>Procedura interna erogazione liberale IST CREAM 01</t>
+  </si>
+  <si>
+    <t>prospect us festival</t>
+  </si>
+  <si>
     <t>APS Giraffa Onlus</t>
   </si>
   <si>
     <t>4000.00€</t>
   </si>
   <si>
     <t>prot. 82814 del 27/11/2025</t>
   </si>
   <si>
-    <t>Comunicazione e Media</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.giraffaonlus.it/</t>
   </si>
   <si>
     <t>A tutto il personale dell’AQP SpA con contratto Gas-Acqua</t>
   </si>
   <si>
     <t>...</t>
   </si>
   <si>
     <t>9497.00€</t>
   </si>
   <si>
     <t>ACCORDO SINDACALE SULL'ORARIO DI LAVORO DEL 2009</t>
   </si>
   <si>
     <t>AREA PEOPLE CARE E AQP ACADEMY</t>
   </si>
   <si>
     <t>Lavoratori con figli fino al compimento del terzo anno di età a fronte delle spese da sostenersi per il pagamento delle rette degli asili nido</t>
   </si>
   <si>
     <t>Contributo Asili Nido - Comunicato avvio richieste III trimestre 2025</t>
   </si>
   <si>
     <t>Università degli Studi di Bari Aldo Moro</t>
@@ -156,53 +171,50 @@
     <t>5000.00€</t>
   </si>
   <si>
     <t>prot. 55946 del 08/08/2025</t>
   </si>
   <si>
     <t>Fondazione Notte della Taranta</t>
   </si>
   <si>
     <t>04167640756</t>
   </si>
   <si>
     <t>25000.00€</t>
   </si>
   <si>
     <t>prot. 55357 del 06/08/2025</t>
   </si>
   <si>
     <t>Festival Notte della Taranta</t>
   </si>
   <si>
     <t>Comune di Caposele</t>
   </si>
   <si>
     <t>00228820643</t>
-  </si>
-[...1 lines deleted...]
-    <t>2000.00€</t>
   </si>
   <si>
     <t>prot. 55950 del 08/08/2025</t>
   </si>
   <si>
     <t>Partenope mon Amour, un viaggio tra musiche e parole</t>
   </si>
   <si>
     <t>APS Eleusi</t>
   </si>
   <si>
     <t>prot. 52185 del 23/07/2025</t>
   </si>
   <si>
     <t>Festival del Capo di Leuca</t>
   </si>
   <si>
     <t>16137.19€</t>
   </si>
   <si>
     <t>AREA PEOPLE CARE e AQP ACADEMY</t>
   </si>
   <si>
     <t>Comunicato Contributo Asilo Nido</t>
   </si>
@@ -1522,2997 +1534,3023 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H123"/>
+  <dimension ref="A1:H124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112061" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.990234" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="154.390869" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="257.080078" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="168.530273" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="95.405273" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
-      <c r="C2">
-        <v>93193630725</v>
+      <c r="C2" t="s">
+        <v>9</v>
       </c>
       <c r="D2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-      <c r="C3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3">
+        <v>2025</v>
+      </c>
+      <c r="C3">
+        <v>93193630725</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B4"/>
       <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B5"/>
       <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B6"/>
       <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="B7"/>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="G7" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>51</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
-      <c r="C10">
-        <v>5102150751</v>
+      <c r="C10" t="s">
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-        <v>15</v>
+        <v>55</v>
+      </c>
+      <c r="B11">
+        <v>2025</v>
+      </c>
+      <c r="C11">
+        <v>5102150751</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="B12"/>
       <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
         <v>58</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
         <v>59</v>
       </c>
-      <c r="F12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>61</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13" t="s">
         <v>62</v>
       </c>
       <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
         <v>63</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B14"/>
+        <v>65</v>
+      </c>
+      <c r="B14">
+        <v>2025</v>
+      </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="E14" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="F14" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="H14" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>68</v>
-[...5 lines deleted...]
-        <v>90037060747</v>
+        <v>19</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>20</v>
       </c>
       <c r="D15" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="E15" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" t="s">
         <v>70</v>
       </c>
-      <c r="F15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H15" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>72</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
-      <c r="C16" t="s">
+      <c r="C16">
+        <v>90037060747</v>
+      </c>
+      <c r="D16" t="s">
         <v>73</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>74</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E17" t="s">
         <v>79</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H17" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" t="s">
         <v>81</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>84</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
-      <c r="C19">
-        <v>5056320756</v>
+      <c r="C19" t="s">
+        <v>85</v>
       </c>
       <c r="D19" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>86</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H19" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>88</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
-      <c r="C20" t="s">
+      <c r="C20">
+        <v>5056320756</v>
+      </c>
+      <c r="D20" t="s">
         <v>89</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>90</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E21" t="s">
         <v>95</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H21" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B22"/>
+        <v>97</v>
+      </c>
+      <c r="B22">
+        <v>2025</v>
+      </c>
       <c r="C22" t="s">
-        <v>15</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="E22" t="s">
-        <v>30</v>
+        <v>99</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="H22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E23" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="F23" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="G23" t="s">
-        <v>19</v>
+        <v>102</v>
       </c>
       <c r="H23" t="s">
-        <v>67</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>92073550714</v>
+        <v>19</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24" t="s">
+        <v>20</v>
       </c>
       <c r="D24" t="s">
-        <v>39</v>
+        <v>104</v>
       </c>
       <c r="E24" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="G24" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H24" t="s">
-        <v>103</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
-        <v>93061260712</v>
+        <v>92073550714</v>
       </c>
       <c r="D25" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="E25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H25" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
-        <v>92073550714</v>
+        <v>93061260712</v>
       </c>
       <c r="D26" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="E26" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H26" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
-      <c r="C27" t="s">
-        <v>111</v>
+      <c r="C27">
+        <v>92073550714</v>
       </c>
       <c r="D27" t="s">
+        <v>73</v>
+      </c>
+      <c r="E27" t="s">
         <v>112</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28">
+        <v>2025</v>
+      </c>
+      <c r="C28" t="s">
         <v>115</v>
       </c>
-      <c r="B28"/>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E28" t="s">
         <v>117</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29"/>
-      <c r="C29">
-        <v>93551050722</v>
+      <c r="C29" t="s">
+        <v>120</v>
       </c>
       <c r="D29" t="s">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>121</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>122</v>
       </c>
       <c r="H29" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30">
+        <v>93551050722</v>
+      </c>
+      <c r="D30" t="s">
         <v>124</v>
       </c>
-      <c r="B30">
-[...5 lines deleted...]
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>125</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
         <v>126</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31">
+        <v>2024</v>
+      </c>
+      <c r="C31">
+        <v>93209470728</v>
+      </c>
+      <c r="D31" t="s">
         <v>129</v>
       </c>
-      <c r="B31"/>
-      <c r="C31" t="s">
+      <c r="E31" t="s">
         <v>130</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="H31" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>133</v>
       </c>
       <c r="B32"/>
-      <c r="C32">
-        <v>6211830481</v>
+      <c r="C32" t="s">
+        <v>134</v>
       </c>
       <c r="D32" t="s">
-        <v>134</v>
+        <v>44</v>
       </c>
       <c r="E32" t="s">
         <v>135</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="H32" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>14</v>
+        <v>137</v>
       </c>
       <c r="B33"/>
-      <c r="C33" t="s">
-        <v>15</v>
+      <c r="C33">
+        <v>6211830481</v>
       </c>
       <c r="D33" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E33" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="F33" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="H33" t="s">
-        <v>67</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="B34"/>
-      <c r="C34">
-        <v>93026440722</v>
+      <c r="C34" t="s">
+        <v>20</v>
       </c>
       <c r="D34" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E34" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>70</v>
       </c>
       <c r="G34" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="H34" t="s">
-        <v>141</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>142</v>
       </c>
       <c r="B35"/>
-      <c r="C35" t="s">
+      <c r="C35">
+        <v>93026440722</v>
+      </c>
+      <c r="D35" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E35" t="s">
         <v>144</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H35" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36"/>
       <c r="C36" t="s">
         <v>147</v>
       </c>
       <c r="D36" t="s">
-        <v>74</v>
+        <v>116</v>
       </c>
       <c r="E36" t="s">
         <v>148</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H36" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
-        <v>47</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="E37" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>151</v>
+        <v>122</v>
       </c>
       <c r="H37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>153</v>
+        <v>51</v>
       </c>
       <c r="B38"/>
       <c r="C38" t="s">
+        <v>52</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
         <v>154</v>
       </c>
-      <c r="D38" t="s">
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
         <v>155</v>
       </c>
-      <c r="E38" t="s">
-[...2 lines deleted...]
-      <c r="F38" t="s">
+      <c r="H38" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
-        <v>15</v>
+        <v>158</v>
       </c>
       <c r="D39" t="s">
         <v>159</v>
       </c>
       <c r="E39" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="F39" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="G39" t="s">
-        <v>19</v>
+        <v>161</v>
       </c>
       <c r="H39" t="s">
-        <v>67</v>
+        <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="D40" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E40" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F40" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G40" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="H40" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B41"/>
       <c r="C41" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
       <c r="D41" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="E41" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F41" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G41" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="H41" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B42"/>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D42" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E42" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F42" t="s">
-        <v>156</v>
+        <v>70</v>
       </c>
       <c r="G42" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="H42" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>164</v>
+        <v>19</v>
       </c>
       <c r="B43"/>
       <c r="C43" t="s">
-        <v>165</v>
+        <v>20</v>
       </c>
       <c r="D43" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E43" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F43" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="G43" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="H43" t="s">
-        <v>167</v>
+        <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>168</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
         <v>169</v>
       </c>
       <c r="D44" t="s">
         <v>170</v>
       </c>
       <c r="E44" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F44" t="s">
-        <v>156</v>
+        <v>70</v>
       </c>
       <c r="G44" t="s">
+        <v>161</v>
+      </c>
+      <c r="H44" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>14</v>
+        <v>172</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
+        <v>173</v>
+      </c>
+      <c r="D45" t="s">
+        <v>174</v>
+      </c>
+      <c r="E45" t="s">
+        <v>35</v>
+      </c>
+      <c r="F45" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
       <c r="G45" t="s">
         <v>175</v>
       </c>
       <c r="H45" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
       <c r="B46"/>
       <c r="C46" t="s">
+        <v>164</v>
+      </c>
+      <c r="D46" t="s">
+        <v>177</v>
+      </c>
+      <c r="E46" t="s">
+        <v>178</v>
+      </c>
+      <c r="F46" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G46" t="s">
         <v>179</v>
       </c>
       <c r="H46" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
-        <v>15</v>
+        <v>164</v>
       </c>
       <c r="D47" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E47" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F47" t="s">
-        <v>156</v>
+        <v>70</v>
       </c>
       <c r="G47" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="H47" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B48"/>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D48" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E48" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F48" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G48" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="H48" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>187</v>
       </c>
       <c r="B49"/>
       <c r="C49" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>188</v>
       </c>
       <c r="E49" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F49" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G49" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H49" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B50"/>
       <c r="C50" t="s">
-        <v>191</v>
+        <v>20</v>
       </c>
       <c r="D50" t="s">
-        <v>63</v>
+        <v>192</v>
       </c>
       <c r="E50" t="s">
-        <v>192</v>
+        <v>35</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>160</v>
       </c>
       <c r="G50" t="s">
-        <v>12</v>
+        <v>189</v>
       </c>
       <c r="H50" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>194</v>
       </c>
       <c r="B51"/>
-      <c r="C51">
-        <v>93144670754</v>
+      <c r="C51" t="s">
+        <v>195</v>
       </c>
       <c r="D51" t="s">
-        <v>195</v>
+        <v>67</v>
       </c>
       <c r="E51" t="s">
         <v>196</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H51" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>198</v>
       </c>
       <c r="B52"/>
       <c r="C52">
-        <v>90263370737</v>
+        <v>93144670754</v>
       </c>
       <c r="D52" t="s">
-        <v>48</v>
+        <v>199</v>
       </c>
       <c r="E52" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="H52" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B53"/>
       <c r="C53">
-        <v>90141540733</v>
+        <v>90263370737</v>
       </c>
       <c r="D53" t="s">
-        <v>85</v>
+        <v>10</v>
       </c>
       <c r="E53" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>12</v>
+        <v>126</v>
       </c>
       <c r="H53" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>72</v>
+        <v>205</v>
       </c>
       <c r="B54"/>
-      <c r="C54" t="s">
-        <v>73</v>
+      <c r="C54">
+        <v>90141540733</v>
       </c>
       <c r="D54" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="E54" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>206</v>
+        <v>76</v>
       </c>
       <c r="B55"/>
       <c r="C55" t="s">
-        <v>207</v>
+        <v>77</v>
       </c>
       <c r="D55" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="E55" t="s">
         <v>208</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H55" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>210</v>
       </c>
       <c r="B56"/>
-      <c r="C56">
-        <v>97515920581</v>
+      <c r="C56" t="s">
+        <v>211</v>
       </c>
       <c r="D56" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>212</v>
       </c>
       <c r="F56" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H56" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>214</v>
       </c>
       <c r="B57"/>
       <c r="C57">
-        <v>80042630584</v>
+        <v>97515920581</v>
       </c>
       <c r="D57" t="s">
         <v>215</v>
       </c>
       <c r="E57" t="s">
         <v>216</v>
       </c>
       <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" t="s">
         <v>217</v>
       </c>
-      <c r="G57" t="s">
-[...2 lines deleted...]
-      <c r="H57"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>218</v>
       </c>
       <c r="B58"/>
-      <c r="C58" t="s">
+      <c r="C58">
+        <v>80042630584</v>
+      </c>
+      <c r="D58" t="s">
         <v>219</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>220</v>
       </c>
-      <c r="E58" t="s">
+      <c r="F58" t="s">
         <v>221</v>
       </c>
-      <c r="F58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>222</v>
       </c>
       <c r="B59"/>
       <c r="C59" t="s">
-        <v>89</v>
+        <v>223</v>
       </c>
       <c r="D59" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E59" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H59" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>226</v>
       </c>
       <c r="B60"/>
-      <c r="C60">
-        <v>80019470725</v>
+      <c r="C60" t="s">
+        <v>93</v>
       </c>
       <c r="D60" t="s">
-        <v>48</v>
+        <v>227</v>
       </c>
       <c r="E60" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B61"/>
       <c r="C61">
-        <v>96583210586</v>
+        <v>80019470725</v>
       </c>
       <c r="D61" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="E61" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>110</v>
+        <v>233</v>
       </c>
       <c r="B62"/>
-      <c r="C62" t="s">
-        <v>111</v>
+      <c r="C62">
+        <v>96583210586</v>
       </c>
       <c r="D62" t="s">
-        <v>232</v>
+        <v>48</v>
       </c>
       <c r="E62" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>235</v>
+        <v>114</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
+        <v>115</v>
+      </c>
+      <c r="D63" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E63" t="s">
         <v>237</v>
       </c>
       <c r="F63" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H63" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>239</v>
       </c>
       <c r="B64"/>
       <c r="C64" t="s">
         <v>240</v>
       </c>
       <c r="D64" t="s">
-        <v>48</v>
+        <v>89</v>
       </c>
       <c r="E64" t="s">
         <v>241</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H64" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>243</v>
       </c>
       <c r="B65"/>
-      <c r="C65">
-        <v>93195910729</v>
+      <c r="C65" t="s">
+        <v>244</v>
       </c>
       <c r="D65" t="s">
-        <v>244</v>
+        <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>245</v>
       </c>
       <c r="F65" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="H65" t="s">
-        <v>213</v>
+        <v>246</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B66"/>
       <c r="C66">
-        <v>2241570742</v>
+        <v>93195910729</v>
       </c>
       <c r="D66" t="s">
-        <v>48</v>
+        <v>248</v>
       </c>
       <c r="E66" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>12</v>
+        <v>126</v>
       </c>
       <c r="H66" t="s">
-        <v>248</v>
+        <v>217</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B67"/>
-      <c r="C67" t="s">
-        <v>250</v>
+      <c r="C67">
+        <v>2241570742</v>
       </c>
       <c r="D67" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>251</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H67" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>253</v>
       </c>
       <c r="B68"/>
-      <c r="C68">
-        <v>93292400723</v>
+      <c r="C68" t="s">
+        <v>254</v>
       </c>
       <c r="D68" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E68" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="H68" t="s">
-        <v>213</v>
+        <v>256</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B69"/>
       <c r="C69">
-        <v>83001290713</v>
+        <v>93292400723</v>
       </c>
       <c r="D69" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E69" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F69" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H69" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>210</v>
+        <v>259</v>
       </c>
       <c r="B70"/>
       <c r="C70">
-        <v>10655961000</v>
+        <v>83001290713</v>
       </c>
       <c r="D70" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
       <c r="E70" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="F70" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>122</v>
+        <v>155</v>
       </c>
       <c r="H70" t="s">
-        <v>258</v>
+        <v>217</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>259</v>
+        <v>214</v>
       </c>
       <c r="B71"/>
       <c r="C71">
-        <v>93193630725</v>
+        <v>10655961000</v>
       </c>
       <c r="D71" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="E71" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>151</v>
+        <v>126</v>
       </c>
       <c r="H71" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B72"/>
-      <c r="C72" t="s">
-        <v>263</v>
+      <c r="C72">
+        <v>93193630725</v>
       </c>
       <c r="D72" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E72" t="s">
         <v>264</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>12</v>
+        <v>155</v>
       </c>
       <c r="H72" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>266</v>
       </c>
       <c r="B73"/>
       <c r="C73" t="s">
         <v>267</v>
       </c>
       <c r="D73" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="E73" t="s">
         <v>268</v>
       </c>
       <c r="F73" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H73" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>270</v>
       </c>
       <c r="B74"/>
-      <c r="C74">
-        <v>80017680721</v>
+      <c r="C74" t="s">
+        <v>271</v>
       </c>
       <c r="D74" t="s">
-        <v>271</v>
+        <v>89</v>
       </c>
       <c r="E74" t="s">
         <v>272</v>
       </c>
       <c r="F74" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="G74" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" t="s">
         <v>273</v>
       </c>
-      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>274</v>
       </c>
       <c r="B75"/>
-      <c r="C75" t="s">
+      <c r="C75">
+        <v>80017680721</v>
+      </c>
+      <c r="D75" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E75" t="s">
         <v>276</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>160</v>
       </c>
       <c r="G75" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="H75" t="s">
         <v>277</v>
       </c>
+      <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>218</v>
+        <v>278</v>
       </c>
       <c r="B76"/>
       <c r="C76" t="s">
-        <v>219</v>
+        <v>279</v>
       </c>
       <c r="D76" t="s">
-        <v>220</v>
+        <v>199</v>
       </c>
       <c r="E76" t="s">
-        <v>221</v>
+        <v>280</v>
       </c>
       <c r="F76" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H76" t="s">
-        <v>213</v>
+        <v>281</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>142</v>
+        <v>222</v>
       </c>
       <c r="B77"/>
       <c r="C77" t="s">
-        <v>143</v>
+        <v>223</v>
       </c>
       <c r="D77" t="s">
-        <v>112</v>
+        <v>224</v>
       </c>
       <c r="E77" t="s">
-        <v>278</v>
+        <v>225</v>
       </c>
       <c r="F77" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H77" t="s">
-        <v>145</v>
+        <v>217</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>46</v>
+        <v>146</v>
       </c>
       <c r="B78"/>
       <c r="C78" t="s">
-        <v>47</v>
+        <v>147</v>
       </c>
       <c r="D78" t="s">
-        <v>48</v>
+        <v>116</v>
       </c>
       <c r="E78" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="F78" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H78" t="s">
-        <v>213</v>
+        <v>149</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>280</v>
+        <v>51</v>
       </c>
       <c r="B79"/>
-      <c r="C79">
-        <v>83000770715</v>
+      <c r="C79" t="s">
+        <v>52</v>
       </c>
       <c r="D79" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="E79" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F79" t="s">
-        <v>282</v>
+        <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>12</v>
+        <v>155</v>
       </c>
       <c r="H79" t="s">
-        <v>283</v>
+        <v>217</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>284</v>
       </c>
       <c r="B80"/>
-      <c r="C80" t="s">
+      <c r="C80">
+        <v>83000770715</v>
+      </c>
+      <c r="D80" t="s">
+        <v>67</v>
+      </c>
+      <c r="E80" t="s">
         <v>285</v>
       </c>
-      <c r="D80" t="s">
-[...2 lines deleted...]
-      <c r="E80" t="s">
+      <c r="F80" t="s">
         <v>286</v>
       </c>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G80" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="H80" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>146</v>
+        <v>288</v>
       </c>
       <c r="B81"/>
       <c r="C81" t="s">
-        <v>147</v>
+        <v>289</v>
       </c>
       <c r="D81" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="E81" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F81" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H81" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>290</v>
+        <v>150</v>
       </c>
       <c r="B82"/>
       <c r="C82" t="s">
-        <v>191</v>
+        <v>151</v>
       </c>
       <c r="D82" t="s">
-        <v>63</v>
+        <v>116</v>
       </c>
       <c r="E82" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F82" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H82" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B83"/>
       <c r="C83" t="s">
-        <v>294</v>
+        <v>195</v>
       </c>
       <c r="D83" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E83" t="s">
         <v>295</v>
       </c>
       <c r="F83" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>12</v>
+        <v>155</v>
       </c>
       <c r="H83" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>297</v>
       </c>
       <c r="B84"/>
-      <c r="C84">
-        <v>93535450725</v>
+      <c r="C84" t="s">
+        <v>298</v>
       </c>
       <c r="D84" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
       <c r="E84" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F84" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H84" t="s">
-        <v>213</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B85"/>
       <c r="C85">
-        <v>93361700722</v>
+        <v>93535450725</v>
       </c>
       <c r="D85" t="s">
-        <v>134</v>
+        <v>89</v>
       </c>
       <c r="E85" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F85" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H85" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B86"/>
-      <c r="C86" t="s">
-        <v>89</v>
+      <c r="C86">
+        <v>93361700722</v>
       </c>
       <c r="D86" t="s">
-        <v>302</v>
+        <v>138</v>
       </c>
       <c r="E86" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F86" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H86" t="s">
-        <v>304</v>
+        <v>217</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>305</v>
       </c>
       <c r="B87"/>
-      <c r="C87">
-        <v>16381971007</v>
+      <c r="C87" t="s">
+        <v>93</v>
       </c>
       <c r="D87" t="s">
-        <v>39</v>
+        <v>306</v>
       </c>
       <c r="E87" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F87" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H87" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B88"/>
-      <c r="C88" t="s">
-        <v>309</v>
+      <c r="C88">
+        <v>16381971007</v>
       </c>
       <c r="D88" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E88" t="s">
         <v>310</v>
       </c>
       <c r="F88" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G88" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="H88"/>
+        <v>13</v>
+      </c>
+      <c r="H88" t="s">
+        <v>311</v>
+      </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B89"/>
-      <c r="C89">
-        <v>2023050210000434</v>
+      <c r="C89" t="s">
+        <v>313</v>
       </c>
       <c r="D89" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="E89" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F89" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G89" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B90"/>
       <c r="C90">
-        <v>93498470728</v>
+        <v>2023050210000434</v>
       </c>
       <c r="D90" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="E90" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F90" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="H90"/>
+        <v>13</v>
+      </c>
+      <c r="H90" t="s">
+        <v>317</v>
+      </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>72</v>
+        <v>318</v>
       </c>
       <c r="B91"/>
-      <c r="C91" t="s">
-        <v>73</v>
+      <c r="C91">
+        <v>93498470728</v>
       </c>
       <c r="D91" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="E91" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="F91" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>317</v>
+        <v>76</v>
       </c>
       <c r="B92"/>
-      <c r="C92">
-        <v>80032530729</v>
+      <c r="C92" t="s">
+        <v>77</v>
       </c>
       <c r="D92" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="E92" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="F92" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G92" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H92" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B93"/>
       <c r="C93">
-        <v>93425440729</v>
+        <v>80032530729</v>
       </c>
       <c r="D93" t="s">
-        <v>134</v>
+        <v>89</v>
       </c>
       <c r="E93" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F93" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H93" t="s">
-        <v>321</v>
+        <v>217</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B94"/>
       <c r="C94">
-        <v>93068050728</v>
+        <v>93425440729</v>
       </c>
       <c r="D94" t="s">
-        <v>323</v>
+        <v>138</v>
       </c>
       <c r="E94" t="s">
         <v>324</v>
       </c>
       <c r="F94" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H94" t="s">
-        <v>213</v>
+        <v>325</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B95"/>
       <c r="C95">
-        <v>15861571006</v>
+        <v>93068050728</v>
       </c>
       <c r="D95" t="s">
-        <v>48</v>
+        <v>327</v>
       </c>
       <c r="E95" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F95" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H95" t="s">
-        <v>327</v>
+        <v>217</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>301</v>
+        <v>329</v>
       </c>
       <c r="B96"/>
-      <c r="C96" t="s">
-        <v>89</v>
+      <c r="C96">
+        <v>15861571006</v>
       </c>
       <c r="D96" t="s">
-        <v>232</v>
+        <v>10</v>
       </c>
       <c r="E96" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F96" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H96" t="s">
-        <v>304</v>
+        <v>331</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>329</v>
+        <v>305</v>
       </c>
       <c r="B97"/>
-      <c r="C97">
-        <v>11867110014</v>
+      <c r="C97" t="s">
+        <v>93</v>
       </c>
       <c r="D97" t="s">
-        <v>63</v>
+        <v>236</v>
       </c>
       <c r="E97" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F97" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="H97"/>
+        <v>13</v>
+      </c>
+      <c r="H97" t="s">
+        <v>308</v>
+      </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B98"/>
       <c r="C98">
-        <v>93193630725</v>
+        <v>11867110014</v>
       </c>
       <c r="D98" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="E98" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="F98" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B99"/>
       <c r="C99">
-        <v>81004190716</v>
+        <v>93193630725</v>
       </c>
       <c r="D99" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E99" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F99" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B100"/>
       <c r="C100">
-        <v>93266530729</v>
+        <v>81004190716</v>
       </c>
       <c r="D100" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="E100" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="F100" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B101"/>
       <c r="C101">
-        <v>92071140724</v>
+        <v>93266530729</v>
       </c>
       <c r="D101" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
       <c r="E101" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F101" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B102"/>
-      <c r="C102" t="s">
-        <v>340</v>
+      <c r="C102">
+        <v>92071140724</v>
       </c>
       <c r="D102" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E102" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F102" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>46</v>
+        <v>343</v>
       </c>
       <c r="B103"/>
       <c r="C103" t="s">
-        <v>47</v>
+        <v>344</v>
       </c>
       <c r="D103" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="E103" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F103" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="B104"/>
       <c r="C104" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D104" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="E104" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F104" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G104" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>344</v>
+        <v>46</v>
       </c>
       <c r="B105"/>
-      <c r="C105">
-        <v>93026440722</v>
+      <c r="C105" t="s">
+        <v>47</v>
       </c>
       <c r="D105" t="s">
-        <v>63</v>
+        <v>116</v>
       </c>
       <c r="E105" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="F105" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G105" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B106"/>
       <c r="C106">
-        <v>83000870713</v>
+        <v>93026440722</v>
       </c>
       <c r="D106" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="E106" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F106" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G106" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B107"/>
       <c r="C107">
-        <v>93096080721</v>
+        <v>83000870713</v>
       </c>
       <c r="D107" t="s">
-        <v>85</v>
+        <v>10</v>
       </c>
       <c r="E107" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F107" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G107" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B108"/>
       <c r="C108">
-        <v>80023420229</v>
+        <v>93096080721</v>
       </c>
       <c r="D108" t="s">
-        <v>48</v>
+        <v>89</v>
       </c>
       <c r="E108" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F108" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G108" t="s">
-        <v>352</v>
+        <v>13</v>
       </c>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B109"/>
       <c r="C109">
-        <v>94191680480</v>
+        <v>80023420229</v>
       </c>
       <c r="D109" t="s">
-        <v>134</v>
+        <v>10</v>
       </c>
       <c r="E109" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F109" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G109" t="s">
-        <v>12</v>
+        <v>356</v>
       </c>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B110"/>
-      <c r="C110" t="s">
-        <v>356</v>
+      <c r="C110">
+        <v>94191680480</v>
       </c>
       <c r="D110" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
       <c r="E110" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F110" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G110" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B111"/>
-      <c r="C111">
-        <v>80102030154</v>
+      <c r="C111" t="s">
+        <v>360</v>
       </c>
       <c r="D111" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="E111" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="F111" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G111" t="s">
-        <v>352</v>
+        <v>13</v>
       </c>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B112"/>
       <c r="C112">
-        <v>92020590714</v>
+        <v>80102030154</v>
       </c>
       <c r="D112" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
       <c r="E112" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F112" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B113"/>
-      <c r="C113" t="s">
-        <v>191</v>
+      <c r="C113">
+        <v>92020590714</v>
       </c>
       <c r="D113" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E113" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F113" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>12</v>
+        <v>356</v>
       </c>
       <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B114"/>
       <c r="C114" t="s">
-        <v>365</v>
+        <v>195</v>
       </c>
       <c r="D114" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="E114" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F114" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B115"/>
       <c r="C115" t="s">
-        <v>111</v>
+        <v>369</v>
       </c>
       <c r="D115" t="s">
-        <v>39</v>
+        <v>138</v>
       </c>
       <c r="E115" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="F115" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B116"/>
-      <c r="C116">
-        <v>93106940724</v>
+      <c r="C116" t="s">
+        <v>115</v>
       </c>
       <c r="D116" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E116" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F116" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>371</v>
+        <v>13</v>
       </c>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B117"/>
-      <c r="C117" t="s">
-        <v>373</v>
+      <c r="C117">
+        <v>93106940724</v>
       </c>
       <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
         <v>374</v>
       </c>
-      <c r="E117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F117" t="s">
-        <v>156</v>
+        <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>171</v>
+        <v>375</v>
       </c>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B118"/>
       <c r="C118" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D118" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E118" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F118" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G118" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>270</v>
+        <v>379</v>
       </c>
       <c r="B119"/>
-      <c r="C119">
-        <v>80017680721</v>
+      <c r="C119" t="s">
+        <v>380</v>
       </c>
       <c r="D119" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E119" t="s">
-        <v>272</v>
+        <v>35</v>
       </c>
       <c r="F119" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G119" t="s">
-        <v>273</v>
+        <v>175</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>177</v>
+        <v>274</v>
       </c>
       <c r="B120"/>
-      <c r="C120" t="s">
-        <v>15</v>
+      <c r="C120">
+        <v>80017680721</v>
       </c>
       <c r="D120" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="E120" t="s">
-        <v>30</v>
+        <v>276</v>
       </c>
       <c r="F120" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G120" t="s">
-        <v>179</v>
+        <v>277</v>
       </c>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>380</v>
+        <v>181</v>
       </c>
       <c r="B121"/>
       <c r="C121" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D121" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="E121" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F121" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G121" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>14</v>
+        <v>384</v>
       </c>
       <c r="B122"/>
       <c r="C122" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D122" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E122" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="F122" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G122" t="s">
-        <v>383</v>
+        <v>189</v>
       </c>
       <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>384</v>
+        <v>19</v>
       </c>
       <c r="B123"/>
       <c r="C123" t="s">
-        <v>385</v>
+        <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>386</v>
       </c>
       <c r="E123" t="s">
+        <v>22</v>
+      </c>
+      <c r="F123" t="s">
+        <v>160</v>
+      </c>
+      <c r="G123" t="s">
         <v>387</v>
       </c>
-      <c r="F123" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H123"/>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>388</v>
+      </c>
+      <c r="B124"/>
+      <c r="C124" t="s">
+        <v>389</v>
+      </c>
+      <c r="D124" t="s">
+        <v>390</v>
+      </c>
+      <c r="E124" t="s">
+        <v>391</v>
+      </c>
+      <c r="F124" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" t="s">
+        <v>375</v>
+      </c>
+      <c r="H124"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>